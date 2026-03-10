--- v0 (2025-12-08)
+++ v1 (2026-03-10)
@@ -51,1639 +51,1639 @@
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1243/dec-2015_1.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1243/dec-2015_1.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a nominação de Jaziel Bento a Medalha de Mérito Legislativo ".</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>KAIO BALTHAZAR</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1244/dec-2015_2.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1244/dec-2015_2.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Placa de Mérito Municipal" à Sra. SUELLEN DE ALMEIDA ROMANO BRAGA."</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1245/dec-2015_3.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1245/dec-2015_3.pdf</t>
   </si>
   <si>
     <t>"Outorga o "Título de Cidadania Frontinense" à Sra. MARIA JOSÉ RAMOS FERREIRA."</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>ALTERNATO</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1246/dec-2015_4.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1246/dec-2015_4.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Placa de Mérito Municipal" à Sra. MARIA DA CONCEIÇÃO XAVIER SILVA."</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1247/dec-2015_5.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1247/dec-2015_5.pdf</t>
   </si>
   <si>
     <t>"Outorga o "Título de Cidadania Frontinense" ao Sr. WANDERSON RIBEIRO TOSTES."</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1248/dec-2015_6.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1248/dec-2015_6.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Placa de Mérito Municipal" ao Sr. ZENILDO BATALHA DA COSTA."_x000D_
 Autor: Ricardo Amancio.</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1249/dec-2015_7.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1249/dec-2015_7.pdf</t>
   </si>
   <si>
     <t>"Outorga o "Título de Cidadania Frontinense" ao Sr. IVO DA SILVEIRA CARNEIRO FILHO."</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>ERNESTO LARÉ (Ernesto da CEDAE)</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1250/dec-2015_8.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1250/dec-2015_8.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Placa de Mérito Municipal" ao Sr. FERNANDO ANTONIO SOAREZ."</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1251/dec-2015_9.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1251/dec-2015_9.pdf</t>
   </si>
   <si>
     <t>"Outorga o "Título de Cidadania Frontinense" ao Dr. FELIPE DOS SANTOS PEIXOTO."</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1252/dec-2015_10.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1252/dec-2015_10.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Placa de Mérito Municipal" ao Sr. MAURÍCIO PEREIRA BRANDÃO."_x000D_
 Autor: Marcos Eduardo Noronha Fontes.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1253/dec-2015_11.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1253/dec-2015_11.pdf</t>
   </si>
   <si>
     <t>"Outorga o "Título de Cidadania Frontinense" ao Deputado Estadual LUIZ ANTONIO MARTINS."_x000D_
 Autor: Marcos Eduardo Noronha Fontes.</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1254/dec-2015_12.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1254/dec-2015_12.pdf</t>
   </si>
   <si>
     <t>"Outorga o "Título de Cidadania Frontinense" ao Sr. ROGELSON SANCHEZ FONTOURA."</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1255/dec-2015_13.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1255/dec-2015_13.pdf</t>
   </si>
   <si>
     <t>"Outorga o "Título de Cidadania Frontinense" ao Senador MARCELO BEZERRA CRIVELLA."</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>PROFESSORA MÔNICA BALTHAZAR</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1256/dec-2015_14.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1256/dec-2015_14.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Placa de Mérito Municipal" ao Sr. JORGE LUIZ CARVALHO."</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1257/dec-2015_15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1257/dec-2015_15.pdf</t>
   </si>
   <si>
     <t>"Outorga o "Título de Cidadania Frontinense" ao Pe. MARCELO AUGUSTO MONTEIRO FACHINA."</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
     <t>JORGE VILELA</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1258/dec-2015_16.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1258/dec-2015_16.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Placa de Mérito Municipal" à Prof. Pp. DANIELE DE FÁTIMA ALVES ALBERIGI."</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1259/dec-2015_17.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1259/dec-2015_17.pdf</t>
   </si>
   <si>
     <t>"Outorga o "Título de Cidadania Frontinense" à Drª. CÁSSIA APARECIDA DIAS REZENDE PEREIRA."</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
     <t>SANDRO FERREIRA (Deca)</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1260/dec-2015_18.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1260/dec-2015_18.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Placa de Mérito Municipal" ao Sr. VANDRO DA SILVA."</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1261/dec-2015_19.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1261/dec-2015_19.pdf</t>
   </si>
   <si>
     <t>"Outorga o "Título de Cidadania Frontinense" ao Sr. RODRIGO MARQUES DA FONSECA."</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1262/dec-2015_20.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1262/dec-2015_20.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Placa de Mérito Municipal" ao Dr. RAPHAEL NOGUEIRA AMORIM."</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1263/dec-2015_21.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1263/dec-2015_21.pdf</t>
   </si>
   <si>
     <t>"Outorga o "Título de Cidadania Frontinense" ao Dr. SÉRGIO AUGUSTO RIBEIRO DE SOUZA."</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1264/dec-2015_22.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1264/dec-2015_22.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Placa de Mérito Municipal" à Si. DELZA CELESTINO DE ÁVILA."_x000D_
 Autor: Paulo Roberto da Silva Soares.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1265/dec-2015_23.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1265/dec-2015_23.pdf</t>
   </si>
   <si>
     <t>"Outorga o "Título de Cidadania Frontinense" ao Dr. MARCO ANTÔNIO VAZ CAPUTE."_x000D_
 Autor: Paulo Roberto da Silva Soares.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1266/dec-2015_24.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1266/dec-2015_24.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Placa de Mérito Municipal" à S?. MARIA DA CONCEIÇÃO CESÁRIO DA SILVA."</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1267/dec-2015_25.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1267/dec-2015_25.pdf</t>
   </si>
   <si>
     <t>"Outorga o "Título de Cidadania Frontinense" à Sr. VERA LÚCIA DE VASCONCELOS SOARES."</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1268/dec-2015_26.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1268/dec-2015_26.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Medalha de Mérito Legislativo" à Dra. CELI DE SOUZA BALTHAZAR WEBER."</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1269/dec-2015_27.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1269/dec-2015_27.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Medalha de Mérito Legislativo" ao Pr. ANDERSON DE SOUZA FRANÇA."</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1270/dec-2015_28.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1270/dec-2015_28.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Medalha de Mérito Legislativo" ao Pr. ORLANDO DE JESUS."</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1271/dec-2015_29.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1271/dec-2015_29.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Medalha de Mérito Legislativo" ao Sr. TIAGO TORRES DE LIMA BRUM."</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1272/dec-2015_30.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1272/dec-2015_30.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Medalha de Mérito Legislativo" à Sra. ANITA GIL PEREIRA PORTO. "</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1273/dec-2015_31.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1273/dec-2015_31.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Medalha de Mérito Legislativo" ao Sr. PABLO BORDALLO DE SOUZA."</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1274/dec-2015_32.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1274/dec-2015_32.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Medalha de Mérito Legislativo" ao Sr. MANOEL ALVES."_x000D_
 Autor: Paulo Roberto da Silva Soares.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1275/dec-2015_33.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1275/dec-2015_33.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Medalha de Mérito Legislativo" à Profª. MARIA LÚCIA RODRIGUES RUHENA."</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1276/dec-2015_34.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1276/dec-2015_34.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Medalha de Mérito Legislativo" ao Sr. SEVERINO ANDRÉ DIAS." _x000D_
 Autor: Ricardo Cardozo Amancio.</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1277/dec-2015_35.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1277/dec-2015_35.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Medalha de Mérito Legislativo" ao Sr. ANTÔNIO CARLOS PIMENTEL DA SILVA."</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1278/dec-2015_36.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1278/dec-2015_36.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Medalha de Mérito Legislativo" ao Sr. WLARNEI TEIXEIRA RANAURO."</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1279/dec-2015_37.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1279/dec-2015_37.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Medalha de Mérito Legislativo" ao Sr. ANTÔNIO LUIZ DE OLIVEIRA GOMES."</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1280/dec-2015_38.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1280/dec-2015_38.pdf</t>
   </si>
   <si>
     <t>"Outorga a "Placa de Mérito Municipal" ao Sr. JAULDO DE SOUZA BALTHAZAR FERREIRA."</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1281/dec-2015_39.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1281/dec-2015_39.pdf</t>
   </si>
   <si>
     <t>"Outorga o "Título de Cidadania Frontinense" ao Sr. WILSON SILVA BESERRA."</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1025/req01-15_000069.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1025/req01-15_000069.pdf</t>
   </si>
   <si>
     <t>"Informações quanto realização do Carnaval 2015."</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1026/req03-15_000070.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1026/req03-15_000070.pdf</t>
   </si>
   <si>
     <t>"Informações quanto à realização do Carnaval 2015."</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/996/rq004-15_000038.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/996/rq004-15_000038.pdf</t>
   </si>
   <si>
     <t>"Moção de Parabéns à Sra. Elaine Isabel Santana Romeiro, pela passagem do seu aniversário natalício, no último dia 21 do mês em curso."</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1465/req05-15_000007.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1465/req05-15_000007.pdf</t>
   </si>
   <si>
     <t>"Requer informações sobre recurso enviado através de convênio"</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1466/req06-15_000008.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1466/req06-15_000008.pdf</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1467/req07-15_000009.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1467/req07-15_000009.pdf</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1212/req08-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1212/req08-15.pdf</t>
   </si>
   <si>
     <t>"Moção de Aplausos à Sr. Fernanda Braga, cantora, pelo lançamento do seu 1° CD, "Tempo de Cantar".</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1213/req14-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1213/req14-15.pdf</t>
   </si>
   <si>
     <t>"Requer informações sobre repasse do PMAQ aos servidores municipais"</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1469/req16-15_000011.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1469/req16-15_000011.pdf</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1214/req17-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1214/req17-15.pdf</t>
   </si>
   <si>
     <t>"Informação à esta Casa, sobre: quantidade e destino dado ao lixo recolhido no município. REQUER, ainda, que nos envie cópia dos manifestos de carga e dos tickets de balanças."</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1215/req18-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1215/req18-15.pdf</t>
   </si>
   <si>
     <t>"Solicita que informe à esta Casa, se existe previsão de abertura de processo licitatório para concessão/permissão do serviço de transporte público municipal."</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1216/req19-25.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1216/req19-25.pdf</t>
   </si>
   <si>
     <t>"Informação à esta Casa, sobre: todos os gastos da Secretaria Municipal de Esportes no exercício de 2014, enviando-nos demonstrativos de aquisições e de serviços. REQUER, ainda, que nos envie cópia dos respectivos processos de despesas, capa a capa."</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1027/req20-15_000071.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1027/req20-15_000071.pdf</t>
   </si>
   <si>
     <t>"Solicita que o Executivo preste informação a esta Casa, sobre: todos os gastos da Secretaria Municipal de Cultura) de janeiro/2015 até a presente data, enviando-nos demonstrativos de aquisições e de serviços. REQUER, ainda, que nos envie copia dos respectivos processos de despesas, capa a capa."</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1470/req21-15_000012.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1470/req21-15_000012.pdf</t>
   </si>
   <si>
     <t>"Solicita relação em planilha, de todos os vigias, em que secretaria estão lotados e qual é a forma de contratação dos mesmos."</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1471/req22-15_000013.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1471/req22-15_000013.pdf</t>
   </si>
   <si>
     <t>"Requer informações sobre maquinário"</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1472/req23-15_000014.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1472/req23-15_000014.pdf</t>
   </si>
   <si>
     <t>"informações junto à Coordenadoria de Igualdade Racial, Direitos Humanos e da Mulher, respeito das funções que vêm sendo executadas, bem como os programas e ações incluindo o planejamento para o ano de 2015."</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1217/req26-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1217/req26-15.pdf</t>
   </si>
   <si>
     <t>"Solicita informações referentes as cestas básicas"</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1473/req28-15_000015.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1473/req28-15_000015.pdf</t>
   </si>
   <si>
     <t>"Requer informações sobre Projeto PAIS"</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1218/req29-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1218/req29-15.pdf</t>
   </si>
   <si>
     <t>"Solicita envio de oficio ao Grupo CCR."</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1219/req30-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1219/req30-15.pdf</t>
   </si>
   <si>
     <t>"Solicitando informações a respeito do custo mensal da Prefeitura com o Hospital Nelson Sales, vencimentos com profissionais, com materiais, insumos e_x000D_
 afins."</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1474/req32-25_000036.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1474/req32-25_000036.pdf</t>
   </si>
   <si>
     <t>"Moção de Parabéns"</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>KAIO BALTHAZAR, PROFESSORA MÔNICA BALTHAZAR</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1220/req33-25.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1220/req33-25.pdf</t>
   </si>
   <si>
     <t>"Convocação do limo. Sr. Secretário de Saúde para prestar esclarecimentos em sessão plenária no da 30/03/2015 às 18:30 horas acerca do PMAQ à estes Edis."</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1221/req34-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1221/req34-15.pdf</t>
   </si>
   <si>
     <t>"Solicitando informações através de extratos bancários, que comprovem os valores disponíveis para o pagamento do PMAQ, aos funcionários a este vinculado."</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1222/req36-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1222/req36-15.pdf</t>
   </si>
   <si>
     <t>"Convocação do limo. Sr. Secretário de Educação Flávio de Andrade Camerano para esclarecimentos em sessão plenária no dia 06/04/2015 às 18:30 horas a cerca das condições das escolas públicas municipais bem como, falta de material pedagógico e merenda, aos nobres Edis."</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1475/req38-15_000017.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1475/req38-15_000017.pdf</t>
   </si>
   <si>
     <t>"Solicitação de informação."</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1476/req39-15_000018.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1476/req39-15_000018.pdf</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1477/req40-15_000019.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1477/req40-15_000019.pdf</t>
   </si>
   <si>
     <t>"Iluminação pública."</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1223/req44-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1223/req44-15.pdf</t>
   </si>
   <si>
     <t>"Moção de Parabéns ao Sr. Anthony William Matheus de Oliveira, conhecido como Anthony Garotinho, ex-governador do Estado do Rio de Janeiro, atual_x000D_
 deputado federal, presidente estadual do PR, pelo transcurso do seu 55º aniversário natalício, no dia 18 de abril."</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1478/req48-15_000020.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1478/req48-15_000020.pdf</t>
   </si>
   <si>
     <t>"Solicita informação"</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1224/req49-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1224/req49-15.pdf</t>
   </si>
   <si>
     <t>"Solicitação de regularização dos serviços de telefonia móvel"</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1225/req50-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1225/req50-15.pdf</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1226/req51-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1226/req51-15.pdf</t>
   </si>
   <si>
     <t>"Moção de Aplausos" ao clube de regatas Vasco da Gama e em especial, ao presidente Eurico Miranda."</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1479/req53-15_000021.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1479/req53-15_000021.pdf</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1480/req54-15_000022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1480/req54-15_000022.pdf</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1481/req55-15_000023.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1481/req55-15_000023.pdf</t>
   </si>
   <si>
     <t>"Solicitação, faz".</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/997/rq056-15_000039.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/997/rq056-15_000039.pdf</t>
   </si>
   <si>
     <t>"Moção de Parabéns ao SR. Alcides João de Lima, encarregado geral do setor de energia elétrica do município, pelos relevantes serviços prestados."</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/</t>
   </si>
   <si>
     <t>"Retirada de circulação das Kombis escolares, nos 2º e 3º Distritos."</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1400/req58-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1400/req58-15.pdf</t>
   </si>
   <si>
     <t>"Moção de Aplausos"- Vereador Marcos Eduardo Noronha Fontes.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1028/req59-15_000072.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1028/req59-15_000072.pdf</t>
   </si>
   <si>
     <t>"Que seja oficiado ao Exmo. Sr. Prefeito Municipal, João Carlos do Rêgo Pereira, no sentido de solicitar que, junto a secretaria competente, preste informação à esta Casa, enviando demonstrativos das disponibilidades orçamentárias e financeiras para desapropriações, no corrente exercício."</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1482/req60-15_000024.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1482/req60-15_000024.pdf</t>
   </si>
   <si>
     <t>"Solicitação de informação"</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1228/req61-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1228/req61-15.pdf</t>
   </si>
   <si>
     <t>"Moção de Aplausos à comissão técnica e jogadores da Equipe de Futsal de Engenheiro Paulo de Frontin, pela conquista do 3º lugar na Copa Rio Sul de_x000D_
 Futsal/2015."</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/995/rq063-15_000037.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/995/rq063-15_000037.pdf</t>
   </si>
   <si>
     <t>"Solicitação de informação".</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/998/rq064-15_000040.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/998/rq064-15_000040.pdf</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/999/rq065-15_000041.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/999/rq065-15_000041.pdf</t>
   </si>
   <si>
     <t>"Moção de Aplausos ao Sr. José Paulo dos Santos Feijó, consagrado Pastor da Assembleia de Deus, ocorrido no dia 10 de junho de 2014, no Ministério Restaurando Vidas, do Campo do Adrianino, nesta cidade."</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1229/req66-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1229/req66-15.pdf</t>
   </si>
   <si>
     <t>"Solicita que preste informações, à esta Casa, sobre o pagamento das rescisões trabalhistas de todos os ocupantes de cargos comissionados que foram exonerados nos meses de maio e junho de 2015, enviando-nos demonstrativo contendo nomes e respectivos valores percebidos."</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1230/req69-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1230/req69-15.pdf</t>
   </si>
   <si>
     <t>"Moção de Aplausos ao Sr. Leonardo Barbosa, mais conhecido como "Léo Guerreiro", atacante do Americano Futebol Clube de Campos do Goytacazes, pela conquista da Taça Corcovado - segundo turno da série B do Carioca - decisão realizada neste sábado, 27 de junho."</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1231/req72-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1231/req72-15.pdf</t>
   </si>
   <si>
     <t>"Moção de Parabéns ao Sr. Aluizio Amaro Coêlho, taxista na nossa cidade, pelo transcurso do seu 66° aniversário natalício, no último sábado, dia 08 de agosto."</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1401/req73-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1401/req73-15.pdf</t>
   </si>
   <si>
     <t>"Solicitação de informação ao Executivo Municipal" - Vereador Marcos Eduardo Noronha Fontes.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1402/req74-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1402/req74-15.pdf</t>
   </si>
   <si>
     <t>"Solicitação de cópia de processos ao Executivo Municipal" _x000D_
  - Vereador Marcos Eduardo Noronha Fontes.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1403/req75-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1403/req75-15.pdf</t>
   </si>
   <si>
     <t>"Cópia de Atas." c</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1404/req76-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1404/req76-15.pdf</t>
   </si>
   <si>
     <t>"Solicitação de cópia de processos de despesa."  - Vereador Marcos Eduardo Noronha Fontes.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1405/req77-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1405/req77-15.pdf</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1232/req78-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1232/req78-15.pdf</t>
   </si>
   <si>
     <t>"Solicita que preste informações, à esta Casa, sobre os pagamentos das gratificações aos profissionais da atenção básica, do Programa Melhoria do Acesso e da Qualidade da Atenção Básica (PMAQ-AB) nos meses de maio a agosto de 2015, de conformidade com a Lei Municipal n° 1157/2014."</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1233/req79-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1233/req79-15.pdf</t>
   </si>
   <si>
     <t>"Relação de todos os funcionários contratados que estão servindo a Prefeitura Municipal de Engenheiro Paulo de Frontin, demonstrando os respectivos salários, locais de lotação e carga horária."</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1234/req80-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1234/req80-15.pdf</t>
   </si>
   <si>
     <t>"Informações, à esta Casa, de pagamento(s) realizado(s) pela Prefeitura Municipal de Engenheiro Paulo de Frontin à empresa Consagri Comércio e Importação LTDA - EPP - CNPJ 11.449.237/0001-70, e o envio de cópia de inteiro teor do Processo Administrativo n° 2425/2015."</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1235/req81-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1235/req81-15.pdf</t>
   </si>
   <si>
     <t>"Informação, à esta Casa, sobre as obras que estão em andamento, atualmente, no Município de Engenheiro Paulo de Frontin."</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>KAIO BALTHAZAR, SANDRO FERREIRA (Deca)</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1236/req85-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1236/req85-15.pdf</t>
   </si>
   <si>
     <t>"Informar, à esta Casa, o consumo de combustível das Secretarias Municipais de Saúde, Educação e Obras, nos meses de março a agosto de 2015."</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1483/req87-15_000025.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1483/req87-15_000025.pdf</t>
   </si>
   <si>
     <t>"A cópia do Áudio da primeira reunião da Comissão de Finanças e Orçamento, referente a prestação de contas do exercício de 2013, ressaltando que este requerimento já foi feito verbalmente, sendo este no caso, reiteração do mesmo. "</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1484/req88-15_000026.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1484/req88-15_000026.pdf</t>
   </si>
   <si>
     <t>"A cópia do Áudio da sessão ordinária realizada no dia 17 de_x000D_
 Agosto de 2015."</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1485/req89-15_000027.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1485/req89-15_000027.pdf</t>
   </si>
   <si>
     <t>"Solicitar o detalhamento financeiro e orçamentário para compra de medicamentos e as ações tomadas para a aquisição dos mesmos."</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1486/req90-15_000028.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1486/req90-15_000028.pdf</t>
   </si>
   <si>
     <t>"Solicitar o detalhamento das rubricas de verbas federais destinadas 6. Secretaria Municipal e Saúde e a forma com que foram executadas no período de janeiro de 2013 a Junho de 2015."</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1487/req91-15_000029.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1487/req91-15_000029.pdf</t>
   </si>
   <si>
     <t>"Solicitar cópia integral do processo da licitação da empresa Ecco Rio Agência de Viagens e Locações de Veículos Ltda., incluindo o processo de rescisão."</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1488/req92-15_000030.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1488/req92-15_000030.pdf</t>
   </si>
   <si>
     <t>"Solicitar cópia integral do processo de licitação juntamente com a cópia da celebração do contrato da empresa Nativita Soluções em Saúde e Ambiente Ltda."</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1406/req95-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1406/req95-15.pdf</t>
   </si>
   <si>
     <t>"Solicitação de informações."  - Vereador Marcos Eduardo Noronha Fontes.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1407/req96-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1407/req96-15.pdf</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1408/req97-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1408/req97-15.pdf</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1489/req99-15_000031.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1489/req99-15_000031.pdf</t>
   </si>
   <si>
     <t>"Solicita a tramitação de Projeto de Lei, em Regime de Urgência."</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1490/req100-15_000032.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1490/req100-15_000032.pdf</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1000/rq101-15_000042.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1000/rq101-15_000042.pdf</t>
   </si>
   <si>
     <t>"Moção de Aplausos aos novos Conselheiros Tutelares: Sra. Vania Santos (555 votos); Sra. Andreia Feijó da Costa Vilela (392 votos) e; Sr.Delcio Sachini (393 votos), eleitos no pleito de 04 de outubro de 2015, com expressiva votação."</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1237/req102-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1237/req102-15.pdf</t>
   </si>
   <si>
     <t>"Solicitação de informações ao Exmo. Sr. Prefeito Municipal de Engenheiro Paulo de Frontin, a respeito de como irá ocorrer a sucessão dos vínculos_x000D_
 trabalhistas dos funcionários do Hospital Nelson Salles, uma vez que o citado nosocômio foi municipalizado."</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1238/req103-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1238/req103-15.pdf</t>
   </si>
   <si>
     <t>"Solicitação de cópia do Processo Administrativo 3732/2015/Dispensa n° 16/2015, ao Exmo. Sr. Prefeito Municipal de Engenheiro Paulo de Frontin, a_x000D_
 respeito da contratação de empresas de prestação de serviços de apoio operacional às atividades das secretarias municipais de administração, obras,_x000D_
 saúde e assistência social(Empresa Rio de Janeiro serviços e comércio LTDAME, CNPJ 18.233.156/0001-88 e MP Gestão, CNPJ 15.137.166/0001)."</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1409/req106-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1409/req106-15.pdf</t>
   </si>
   <si>
     <t>"Solicitação de serviços." - Vereador Marcos Eduardo Noronha Fontes.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1239/req109-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1239/req109-15.pdf</t>
   </si>
   <si>
     <t>"Informações à esta Casa, enviando relação de funcionários, demonstrando os respectivos salários, funções e secretarias de lotação, contratados pelas empresas MP Gestão - CNPJ 15.137.166/0001-21 (entidade sem fins lucrativos); e Rio de Janeiro Serviços e Comércio Ltda - ME - CNPJ 18.233.156/0001-88, que prestam serviço ao Município de Engenheiro Paulo de Frontin."</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1240/req110-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1240/req110-15.pdf</t>
   </si>
   <si>
     <t>"Cópia dos processos, capa a capa, de contratação das empresas MP Gestão - CNPJ 15.137.166/0001-21 (entidade sem fins lucrativos); e Rio de Janeiro Serviços e Comércio Ltda - ME - CNPJ 18.233.156/0001-88, efetivadas pela Prefeitura Municipal de Engenheiro Paulo de Frontin."</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1029/req111-15_000073.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1029/req111-15_000073.pdf</t>
   </si>
   <si>
     <t>"Que seja oficiado ao Exmo. Sr. Prefeito municipal, Marco Aurélio Sá Pinto Salgado, no sentido de reiterar a solicitação de envio esta Casa Legislativa, de cópia do protocolo de despesa (pessoa física e jurídica) discriminando credores, material / serviço e respectivos valores, relativo aos meses de janeiro a junho de 2013."</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1241/req117-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1241/req117-15.pdf</t>
   </si>
   <si>
     <t>"Moção de Aplausos à Escola de Árbitros de Futebol do Estado do Rio de Janeiro - EAFERJ, reconhecida como a que melhor prepara os seus alunos para atuarem na profissão."</t>
   </si>
   <si>
     <t>1242</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1242/req118-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1242/req118-15.pdf</t>
   </si>
   <si>
     <t>"Moção de Aplausos a Douglas Ribeiro Ávila, aluno eleito do C. E. João Kopke, representante do nosso Município na 9ª edição do Parlamento Juvenil da_x000D_
 ALERJ, que ocorreu de 22 a 28 de novembro de 2015."</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1001/rq119-15_000043.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1001/rq119-15_000043.pdf</t>
   </si>
   <si>
     <t>"Moção de Pesar aos familiares do saudoso Sr. Arão Ferreira Celestino, Pastor da Igreja Assembleia de Deus da Praça Roger Malhardes, centro, falecido ontem, 09/12/2015, velado e sepultado hoje, nesta cidade."</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1468/req15-15_000010.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1468/req15-15_000010.pdf</t>
   </si>
   <si>
     <t>"Requer informações sobre ações da Secretaria Municipal de Desenvolvimento Econômico, Emprego, Trabalho, Renda e Agricultura"</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1197/ind01-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1197/ind01-15.pdf</t>
   </si>
   <si>
     <t>"Limpeza de Logradouro."</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1198/ind02-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1198/ind02-15.pdf</t>
   </si>
   <si>
     <t>"Construção de um muro de contenção na Rua Novaes, n° 151 em Morro Azul, 3º Distrito."</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1385/ind05-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1385/ind05-15.pdf</t>
   </si>
   <si>
     <t>"Colocação de Quebra-molas." - Vereador Marcos Eduardo Noronha Fontes.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1386/ind06-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1386/ind06-15.pdf</t>
   </si>
   <si>
     <t>"Recuperação da grade de proteção de quadra." - Vereador Marcos Eduardo Noronha Fontes.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1199/ind16-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1199/ind16-15.pdf</t>
   </si>
   <si>
     <t>"Limpeza de canaleta na Rua São Pedro - 1º Distrito."</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
     <t>SANDRO FERREIRA (Deca), ALTERNATO, KAIO BALTHAZAR, PROFESSORA MÔNICA BALTHAZAR</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1023/ind017-15_000067.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1023/ind017-15_000067.pdf</t>
   </si>
   <si>
     <t>"Instalação de câmeras de segurança no estacionamento do Espaço Ferrini - Centro."</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1024/ind018-15_000068.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1024/ind018-15_000068.pdf</t>
   </si>
   <si>
     <t>"Instalação de rede de iluminação pública no terraço superior do Espaço Ferrini - Centro."</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1200/ind23-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1200/ind23-15.pdf</t>
   </si>
   <si>
     <t>"Limpeza, higienização e manutenção terminal rodoviário"</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1491/ind26-15_000005.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1491/ind26-15_000005.pdf</t>
   </si>
   <si>
     <t>"Serviços de manutenção de infraestrutura urbana no Bairro Túnel Onze - 1° Distrito."</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1492/ind027-25_000034.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1492/ind027-25_000034.pdf</t>
   </si>
   <si>
     <t>"Faixa de pedestres na Rua Luciano Medeiros"</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1201/ind31-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1201/ind31-15.pdf</t>
   </si>
   <si>
     <t>"Limpeza e retirada de entulho no bairro Morro do Sossego - 1° Distrito."</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1202/ind35-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1202/ind35-15.pdf</t>
   </si>
   <si>
     <t>"Colocação de redutor de velocidade e faixa de pedestre na Estrada da Provisória - 1º Distrito."</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1387/ind39-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1387/ind39-15.pdf</t>
   </si>
   <si>
     <t>"Instituição de tratamento no hospital da cidade."  - Vereador Marcos Eduardo Noronha Fontes.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1002/ind041-15_000044.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1002/ind041-15_000044.pdf</t>
   </si>
   <si>
     <t>"Construção de muro de contenção e serviços de reparos em calçamento de rua do 1° Distrito."</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>"Serviços de reparos em rede de captação d'água pluvial de rua do 1º Distrito."</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1203/ind48-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1203/ind48-15.pdf</t>
   </si>
   <si>
     <t>"Limpeza de rua e a continuidade do serviço de manilhamento do córrego na Travessa Sebastiana."</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1388/ind51-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1388/ind51-15.pdf</t>
   </si>
   <si>
     <t>"Criação do Conselho e Instituição do Fundo do Meio Ambiente do Município."   - Vereador Marcos Eduardo Noronha Fontes.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1204/ind54-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1204/ind54-15.pdf</t>
   </si>
   <si>
     <t>"Mapa com nome de todas as ruas, bairro, distritos e colocação de placas denominativas."</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1493/ind57-15_000006.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1493/ind57-15_000006.pdf</t>
   </si>
   <si>
     <t>"Colocação de quebra-molas na Estrada do Lago Azul, 1° Distrito."</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1205/ind58-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1205/ind58-15.pdf</t>
   </si>
   <si>
     <t>"Promoção de campanha para a proteção de nossa MATA."</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1206/ind59-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1206/ind59-15.pdf</t>
   </si>
   <si>
     <t>"Colocação de quebra-molas na Rua Laurentino Monsores, Matadouro -1° Distrito."</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1207/ind61-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1207/ind61-15.pdf</t>
   </si>
   <si>
     <t>"Colocação de espelho parabólico no Bairro da Aguada, no inicio da rua de acesso ao Bairro Matadouro - 1º Distrito do Município de Engenheiro Paulo de Frontin."</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1208/ind62-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1208/ind62-15.pdf</t>
   </si>
   <si>
     <t>"Colocação de espelho parabólico na bifurcação das Ruas Carlos Gramático e Átila Portugal, que liga os Bairro da Aguada e Morro do Sossego - 1º Distrito do Município de Engenheiro Paulo de Frontin."</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1209/ind63-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1209/ind63-15.pdf</t>
   </si>
   <si>
     <t>"Verificação de possível infiltração d'água pluvial no arco sob a linha férrea, no centro da cidade."</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1210/ind68-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1210/ind68-15.pdf</t>
   </si>
   <si>
     <t>"Limpeza e retirada de entulho de rua no 1º Distrito."</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1211/ind69-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1211/ind69-15.pdf</t>
   </si>
   <si>
     <t>"Passagem do carro fumacê por todos os Distritos."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1990,67 +1990,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1243/dec-2015_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1244/dec-2015_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1245/dec-2015_3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1246/dec-2015_4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1247/dec-2015_5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1248/dec-2015_6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1249/dec-2015_7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1250/dec-2015_8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1251/dec-2015_9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1252/dec-2015_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1253/dec-2015_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1254/dec-2015_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1255/dec-2015_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1256/dec-2015_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1257/dec-2015_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1258/dec-2015_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1259/dec-2015_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1260/dec-2015_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1261/dec-2015_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1262/dec-2015_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1263/dec-2015_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1264/dec-2015_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1265/dec-2015_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1266/dec-2015_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1267/dec-2015_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1268/dec-2015_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1269/dec-2015_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1270/dec-2015_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1271/dec-2015_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1272/dec-2015_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1273/dec-2015_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1274/dec-2015_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1275/dec-2015_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1276/dec-2015_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1277/dec-2015_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1278/dec-2015_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1279/dec-2015_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1280/dec-2015_38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1281/dec-2015_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1025/req01-15_000069.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1026/req03-15_000070.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/996/rq004-15_000038.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1465/req05-15_000007.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1466/req06-15_000008.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1467/req07-15_000009.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1212/req08-15.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1213/req14-15.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1469/req16-15_000011.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1214/req17-15.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1215/req18-15.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1216/req19-25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1027/req20-15_000071.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1470/req21-15_000012.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1471/req22-15_000013.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1472/req23-15_000014.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1217/req26-15.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1473/req28-15_000015.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1218/req29-15.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1219/req30-15.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1474/req32-25_000036.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1220/req33-25.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1221/req34-15.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1222/req36-15.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1475/req38-15_000017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1476/req39-15_000018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1477/req40-15_000019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1223/req44-15.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1478/req48-15_000020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1224/req49-15.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1225/req50-15.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1226/req51-15.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1479/req53-15_000021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1480/req54-15_000022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1481/req55-15_000023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/997/rq056-15_000039.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1400/req58-15.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1028/req59-15_000072.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1482/req60-15_000024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1228/req61-15.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/995/rq063-15_000037.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/998/rq064-15_000040.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/999/rq065-15_000041.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1229/req66-15.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1230/req69-15.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1231/req72-15.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1401/req73-15.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1402/req74-15.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1403/req75-15.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1404/req76-15.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1405/req77-15.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1232/req78-15.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1233/req79-15.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1234/req80-15.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1235/req81-15.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1236/req85-15.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1483/req87-15_000025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1484/req88-15_000026.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1485/req89-15_000027.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1486/req90-15_000028.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1487/req91-15_000029.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1488/req92-15_000030.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1406/req95-15.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1407/req96-15.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1408/req97-15.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1489/req99-15_000031.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1490/req100-15_000032.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1000/rq101-15_000042.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1237/req102-15.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1238/req103-15.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1409/req106-15.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1239/req109-15.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1240/req110-15.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1029/req111-15_000073.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1241/req117-15.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1242/req118-15.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1001/rq119-15_000043.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1468/req15-15_000010.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1197/ind01-15.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1198/ind02-15.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1385/ind05-15.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1386/ind06-15.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1199/ind16-15.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1023/ind017-15_000067.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1024/ind018-15_000068.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1200/ind23-15.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1491/ind26-15_000005.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1492/ind027-25_000034.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1201/ind31-15.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1202/ind35-15.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1387/ind39-15.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1002/ind041-15_000044.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1203/ind48-15.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1388/ind51-15.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1204/ind54-15.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1493/ind57-15_000006.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1205/ind58-15.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1206/ind59-15.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1207/ind61-15.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1208/ind62-15.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1209/ind63-15.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1210/ind68-15.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1211/ind69-15.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1243/dec-2015_1.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1244/dec-2015_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1245/dec-2015_3.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1246/dec-2015_4.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1247/dec-2015_5.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1248/dec-2015_6.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1249/dec-2015_7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1250/dec-2015_8.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1251/dec-2015_9.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1252/dec-2015_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1253/dec-2015_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1254/dec-2015_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1255/dec-2015_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1256/dec-2015_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1257/dec-2015_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1258/dec-2015_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1259/dec-2015_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1260/dec-2015_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1261/dec-2015_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1262/dec-2015_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1263/dec-2015_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1264/dec-2015_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1265/dec-2015_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1266/dec-2015_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1267/dec-2015_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1268/dec-2015_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1269/dec-2015_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1270/dec-2015_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1271/dec-2015_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1272/dec-2015_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1273/dec-2015_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1274/dec-2015_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1275/dec-2015_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1276/dec-2015_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1277/dec-2015_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1278/dec-2015_36.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1279/dec-2015_37.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1280/dec-2015_38.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1281/dec-2015_39.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1025/req01-15_000069.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1026/req03-15_000070.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/996/rq004-15_000038.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1465/req05-15_000007.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1466/req06-15_000008.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1467/req07-15_000009.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1212/req08-15.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1213/req14-15.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1469/req16-15_000011.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1214/req17-15.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1215/req18-15.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1216/req19-25.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1027/req20-15_000071.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1470/req21-15_000012.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1471/req22-15_000013.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1472/req23-15_000014.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1217/req26-15.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1473/req28-15_000015.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1218/req29-15.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1219/req30-15.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1474/req32-25_000036.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1220/req33-25.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1221/req34-15.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1222/req36-15.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1475/req38-15_000017.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1476/req39-15_000018.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1477/req40-15_000019.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1223/req44-15.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1478/req48-15_000020.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1224/req49-15.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1225/req50-15.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1226/req51-15.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1479/req53-15_000021.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1480/req54-15_000022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1481/req55-15_000023.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/997/rq056-15_000039.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1400/req58-15.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1028/req59-15_000072.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1482/req60-15_000024.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1228/req61-15.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/995/rq063-15_000037.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/998/rq064-15_000040.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/999/rq065-15_000041.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1229/req66-15.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1230/req69-15.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1231/req72-15.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1401/req73-15.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1402/req74-15.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1403/req75-15.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1404/req76-15.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1405/req77-15.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1232/req78-15.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1233/req79-15.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1234/req80-15.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1235/req81-15.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1236/req85-15.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1483/req87-15_000025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1484/req88-15_000026.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1485/req89-15_000027.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1486/req90-15_000028.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1487/req91-15_000029.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1488/req92-15_000030.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1406/req95-15.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1407/req96-15.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1408/req97-15.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1489/req99-15_000031.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1490/req100-15_000032.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1000/rq101-15_000042.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1237/req102-15.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1238/req103-15.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1409/req106-15.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1239/req109-15.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1240/req110-15.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1029/req111-15_000073.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1241/req117-15.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1242/req118-15.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1001/rq119-15_000043.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1468/req15-15_000010.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1197/ind01-15.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1198/ind02-15.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1385/ind05-15.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1386/ind06-15.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1199/ind16-15.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1023/ind017-15_000067.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1024/ind018-15_000068.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1200/ind23-15.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1491/ind26-15_000005.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1492/ind027-25_000034.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1201/ind31-15.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1202/ind35-15.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1387/ind39-15.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1002/ind041-15_000044.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1203/ind48-15.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1388/ind51-15.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1204/ind54-15.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1493/ind57-15_000006.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1205/ind58-15.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1206/ind59-15.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1207/ind61-15.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1208/ind62-15.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1209/ind63-15.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1210/ind68-15.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2015/1211/ind69-15.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H145"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="82" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="107" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="106.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>