--- v0 (2025-12-08)
+++ v1 (2026-03-10)
@@ -54,1359 +54,1359 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOEx</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>Jauldo Gomes Balthazar Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/461/pl_1450-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/461/pl_1450-2018_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de CRÉDITO ESPECIAL por SUPERAVIT de exercício anterior do FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL e dá outras providências.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/463/pl_1452-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/463/pl_1452-2018_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de CRÉDITO ESPECIAL por SUPERAVIT de exercício anterior do FUNDO MUNICIPAL DE SAÚDE e dá outras providências.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/464/pl_1453-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/464/pl_1453-2018_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a contratação por tempo determinado para atender a necessidade temporária de excepcionalidade de interesse público nos termos do inciso IX do artigo 37 da constituição federal, e da outras providencias.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/466/pl_1457-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/466/pl_1457-2018_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e denominação do Centro Municipal de Atendimento Pedagógico e Educacional Especializado (CEMAPEE) Maria Elena Mendes Nery.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/467/pl_1458-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/467/pl_1458-2018_0.pdf</t>
   </si>
   <si>
     <t>Fixa valor para pagamento de Obrigações de pequeno valor/RPV decorrentes de decisões judiciais, nos termos do Art 100, parágrafos 3° e 4° da Constituição Federal.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/468/pl_1459-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/468/pl_1459-2018_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município, através da Procuradoria Geral do Município, a realizar acordos judiciais em processo</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/470/pl_1464-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/470/pl_1464-2018_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial ao Orçamento Vigente</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/471/pl_1465-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/471/pl_1465-2018_0.pdf</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/473/pl_1466-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/473/pl_1466-2018_0.pdf</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/472/pl_1468-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/472/pl_1468-2018_0.pdf</t>
   </si>
   <si>
     <t>"ica o poder Executivo autorizado a conceder permissão de uso da Área permissionária situada na Avenida Nossa Senhora de Fatima, n°. 24, Centro, Engenheiro Paulo de Frontin.</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/474/pl_1469-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/474/pl_1469-2018_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial por Provável Excesso de Arrecadação ao Orçamento vigente</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/478/pl_1472-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/478/pl_1472-2018_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial por Excesso de Arrecadação ao Orçamento vigente</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/479/pl_1473-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/479/pl_1473-2018_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre os critérios para a concessão dos Benefícios Eventuais no âmbito do política pública de Assistência Social do Município de Engenheiro Paulo de Frontin. e da outras providências</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/480/pl_1474-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/480/pl_1474-2018_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de CRÉDITO ESPECIAL, por SUPERÁVIT de exercício anterior do FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL e dá outras providências</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/482/pl_1477-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/482/pl_1477-2018_0.pdf</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/484/pl_1478-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/484/pl_1478-2018_0.pdf</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/483/pl_1478-2018_01.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/483/pl_1478-2018_01.pdf</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/486/pl_1480-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/486/pl_1480-2018_0.pdf</t>
   </si>
   <si>
     <t>"'Autoriza a abertura de Credito Adicional Especial ao Orçamento Vigente</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/485/pl_1481-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/485/pl_1481-2018_0.pdf</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/487/pl_1482-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/487/pl_1482-2018_0.pdf</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/555/pl_1483-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/555/pl_1483-2018_0.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial ao Orçamento Vigente</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/556/pl_1484-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/556/pl_1484-2018_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de CRÉDITO ESPECIAL POR EXCESSO DE ARRECADAÇÃO e da outras providências</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/557/pl_1485-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/557/pl_1485-2018_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial ao Orçamento</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/558/pl_1486-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/558/pl_1486-2018_0.pdf</t>
   </si>
   <si>
     <t>Denomina de "FARMÁCIA MUNICIPAL EVANDRO DE CARVALHO MATA" imóvel situado à Estrada de Sacra Familia, 1807, Aguada, Engenheiro Paulo de Frontin-RJ</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/581/pl_1489-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/581/pl_1489-2018_0.pdf</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/582/pl_1490-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/582/pl_1490-2018_0.pdf</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/583/pl_1491-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/583/pl_1491-2018_0.pdf</t>
   </si>
   <si>
     <t>FARMÁCIA DISTRITAL ANTONIO DE SOUZA CARA SANTA, imóvel situado à Praça Nossa Senhora de Fátima, 280, Morro Azul do Tinguá - 3° Distrito de_x000D_
 Engenheiro Paulo de Frontin-RJ</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/584/pl_1492-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/584/pl_1492-2018_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a instituição do Conselho Municipal de Desenvolvimento Rural Sustentável - CMDRS - no âmbito de Engenheiro Paulo de Frontin e dá outras providências</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/585/pl_1493-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/585/pl_1493-2018_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de CRÉDITO POR EXCESSO DE ARRECADAÇÃO do FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL e da outras providências</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/586/pl_1494-2018_01.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/586/pl_1494-2018_01.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa para orçamento para o exercício financeiro de 2019.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/587/pl_1495-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/587/pl_1495-2018_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o parcelamento da Divida do Município de Engenheiro Paulo de Frontin, com o Consórcio Intermunicipal de Saúde da Regido Centro-Sul Fluminense - CIS-CS/RJ</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/588/pl_1496-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/588/pl_1496-2018_0.pdf</t>
   </si>
   <si>
     <t>Denomina de "CLÍNICA 24H ANTÔNIO ALVES DE OLIVEIRA GÔDA" imóvel situado A Estrada do Bonfim, n° 212, Morro Azul do Tinguá - 3° Distrito de Engenheiro Paulo de Frontin-RJ</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/589/pl_1497-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/589/pl_1497-2018_0.pdf</t>
   </si>
   <si>
     <t>Denomina de "CLÍNICA CIDADE VERDE 24H ANTÔNIO ALVES DE OLIVEIRA GÔDA" imóvel situado A. Estrada do Bonfim, n° 212, Morro Azul do Tinguá - 30 Distrito de Engenheiro Paulo de Frontin-RJ</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/590/pl_1498-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/590/pl_1498-2018_0.pdf</t>
   </si>
   <si>
     <t>"Retifica Lei Municipal n° 1301 de 29 de agosto de 2018</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>Jauldo de Souza Balthazar Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/987/pl036-18_000028.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/987/pl036-18_000028.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial ao Orçamento Vigente, no valor de R$ 12.000,00 (doze mil reais)."</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/988/pl037-18_000029.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/988/pl037-18_000029.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de CRÉDITO POR EXCESSO DE ARRECADAÇÃO do FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL e da outras providências no valor de R$ 43.020,00 (quarenta e três mil e vinte reais)."</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/989/pl038-18_000030.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/989/pl038-18_000030.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de CREDITO ESPECIAL por SUPERAVIT de exercício anterior da SECRETARIA MUNICIPAL DE EDUCAÇÃO e dá outras providências, no_x000D_
 valor de R$ 34.242,75 (trinta e quatro mil duzentos e quarenta e dois reais e setenta e cinco centavos)."</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/981/pl039-18_000022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/981/pl039-18_000022.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de , Crédito Adicional Especial ao Orçamento Vigente, no valor de R$ 300.000,00 (trezentos mil reais)."</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/977/pl040-18_000018.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/977/pl040-18_000018.pdf</t>
   </si>
   <si>
     <t>"Projeto de Lei N° 040/2018 que versa sobre a abertura de crédito suplementar, decorrente de excesso de arrecadação, no valor de R$ 443.000,00"</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/978/pl041-18_000019.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/978/pl041-18_000019.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial ao Orçamento Vigente, no valor de R$ 266.068,00 (duzentos e sessenta e seis mil e sessenta e oito reais)."</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/980/pl042-18_000021.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/980/pl042-18_000021.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial ao Orçamento Vigente, no valor de R$ 233.932,00 (duzentos e trinta e três mil, novecentos e trinta e dois reais)."</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1163/pl043-18.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1163/pl043-18.pdf</t>
   </si>
   <si>
     <t>"Estima a Receita e fixa a Despesa em R$58.620.710,31(Cinquenta e oito milhões, seiscentos e vinte mil, setecentos e dez reais e trinta e um centavos)."</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/975/pl044-18_000016.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/975/pl044-18_000016.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de CRÉDITO POR EXCESSO DE ARRECADAÇÃO do FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL no valor de R$86.040,00 (oitenta e seis mil e quarenta reais)  e dá outras providências."</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/976/pl045-18_000017.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/976/pl045-18_000017.pdf</t>
   </si>
   <si>
     <t>"Retifica Lei Municipal n° 1272 de 06 de março de 2018"</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/974/pl046-18_000015.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/974/pl046-18_000015.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial ao Orçamento Vigente no valor de R$ 64.065,64 (sessenta e quatro mil, sessenta e cinco reais e sessenta e quatro centavos)"</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/979/pl047-18_000020.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/979/pl047-18_000020.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Especial por Excesso de Arrecadação ao Orçamento vigente, no valor de R$ 606.350,00 (seiscentos e seis mil, trezentos e cinquenta reais)."</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/973/pl048-18_000014.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/973/pl048-18_000014.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre o décimo terceiro salário, férias e um terço das férias para os agentes políticos municipais e dá outras providências."</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
     <t>PLOLG</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>GILDA GIL</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/462/pl_1451-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/462/pl_1451-2018_0.pdf</t>
   </si>
   <si>
     <t>Da Denominação Logradouro Público.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>JULIO CESAR SERENO</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/465/pl_1456-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/465/pl_1456-2018_0.pdf</t>
   </si>
   <si>
     <t>Da denominação á Logradouro Público.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/469/pl_1463-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/469/pl_1463-2018_0.pdf</t>
   </si>
   <si>
     <t>Direitos das pessoas com Transtorno do Espectro Autista da outras providências</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>KAIO BALTHAZAR</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/475/pl_1470-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/475/pl_1470-2018_0.pdf</t>
   </si>
   <si>
     <t>Fica o poder Executivo autorizado a isentar do pagamento do IPTU os portadores de doenças crônicas.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/481/pl_1475-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/481/pl_1475-2018_0.pdf</t>
   </si>
   <si>
     <t>Proíbe a comercialização de quaisquer itens, em escolas e instituições de ensino públicas municipais</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>ALEX PAPA ALVES</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/559/pl_1487-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/559/pl_1487-2018_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a divulgação da relação dos medicamentos disponíveis na rede pública municipal de saúde e da outras providências</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/560/pl_1488-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/560/pl_1488-2018_0.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Municipal de Agroecologia e Incentivo à Agricultura Orgânica, e dá outras providências</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
     <t>MOISES ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/</t>
   </si>
   <si>
     <t>"Dá Denominação à Logradouro Público. Fica denominado "Cezar Fernandes da Silva", a "rua sem saída", que se inicia na_x000D_
 Rua vereador Jorge Romeiro Antonio, no bairro Lago Azul, em Engenheiro Paulo de Frontin — 1°Distrito. "</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/983/pl009-18_000024.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/983/pl009-18_000024.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre critérios para desembarque de mulheres, fora da parada de ônibus, em período noturno os veículos de transporte coletivo do Município de Engenheiro Paulo de Frontin e dá outras providências."</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1161/pl010-18.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1161/pl010-18.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a instalação de brinquedos adaptados para crianças com deficiência física ou com mobilidade reduzida para lazer e recreação infantil, nos espaços de praças e lazer públicos e em propriedades privadas de uso público."</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/984/pl011-18_000025.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/984/pl011-18_000025.pdf</t>
   </si>
   <si>
     <t>"Institui a Semana Municipal da Juventude no Município de Eng.° Paulo de Frontin e dá outras providências."</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1162/pl012-18.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1162/pl012-18.pdf</t>
   </si>
   <si>
     <t>"Institui a Farmácia Solidária no Município de Eng.' Paulo de Frontin e dá outras providências."</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/985/pl013-18_000026.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/985/pl013-18_000026.pdf</t>
   </si>
   <si>
     <t>"Institui o Banco de Ideias Legislativas no município de Eng.° Paulo de Frontin."</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>PRESO</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>ALEX PAPA ALVES, JOSÉ QUEIROZ (Mestre Mola), JULIO CESAR SERENO</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/476/p_resol_001-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/476/p_resol_001-2018_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação da Ata Eletrônica na Câmara Municipal de Veadores de Eng.° Paulo de Frontin e da outras providências</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/477/p_resol_002-2018_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/477/p_resol_002-2018_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da comenda de Honra ao Mérito de Liberdade, Cultura e Justiça Social</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1795/req2018-01.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1795/req2018-01.pdf</t>
   </si>
   <si>
     <t>A tabela de cobrança anterior ao Decreto n.° 096/2017 referente a Contribuição para Custeio de Serviços de Iluminação Pública (CIP), assim como requeremos esclarecimentos quanto aos critérios e base de cálculos aplicados para o aumento/reajuste da referida contribuição.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1796/req2018-02.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1796/req2018-02.pdf</t>
   </si>
   <si>
     <t>Desarquivamento de todas as proposições protocoladas no período legislativo correspondente ao ano de 2017 e que sejam de autoria deste vereador.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>GILDA GIL, JEFERSON ADRIANO GOMES MOREIRA, JOSÉ QUEIROZ (Mestre Mola), KAIO BALTHAZAR, MOISES ROCHA, ROSANGELA PASSOS, SANDRA GIL</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1797/req2018-03.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1797/req2018-03.pdf</t>
   </si>
   <si>
     <t>"Solicita reforma de quadras esportivas públicas."</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1798/req2018-04.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1798/req2018-04.pdf</t>
   </si>
   <si>
     <t>"Expedição de oficio ao Governador do Estado do Rio de Janeiro, solicitando disponibilização de asfalto ao Município"</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>JEFERSON ADRIANO GOMES MOREIRA, KAIO BALTHAZAR, MOISES ROCHA, ROSANGELA PASSOS</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1799/req2018-05.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1799/req2018-05.pdf</t>
   </si>
   <si>
     <t>"Audiência Pública."</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1800/req2018-06.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1800/req2018-06.pdf</t>
   </si>
   <si>
     <t>Garanta aplicação da Lei 11.738/2008 e a Lei Municipal n.° 1133/2013 no que tange a aplicação da jornada minima de 1/3 da carga horária para atividades extraclasse.</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>ROSANGELA PASSOS</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1801/req2018-07.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1801/req2018-07.pdf</t>
   </si>
   <si>
     <t>*Fiscalização de transporte irregular."</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>ALEX PAPA ALVES, JULIO CESAR SERENO</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1802/req2018-08.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1802/req2018-08.pdf</t>
   </si>
   <si>
     <t>"Solicita providências ao Executivo Municipal."</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1803/req2018-12.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1803/req2018-12.pdf</t>
   </si>
   <si>
     <t>"Solicita providências junto ao INSS."</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1804/req2018-13.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1804/req2018-13.pdf</t>
   </si>
   <si>
     <t>"Solicita informação e providências."</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1805/req2018-15.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1805/req2018-15.pdf</t>
   </si>
   <si>
     <t>"Solicita informações e providências."</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1806/req2018-16.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1806/req2018-16.pdf</t>
   </si>
   <si>
     <t>"Solicita providências."</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>GILDA GIL, JEFERSON ADRIANO GOMES MOREIRA, KAIO BALTHAZAR, MOISES ROCHA, ROSANGELA PASSOS, SANDRA GIL, VANTUIL PASSOS DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1807/req2018-17.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1807/req2018-17.pdf</t>
   </si>
   <si>
     <t>"Envio de oficio ao 10º Batalhão da Policia Militar, solicitando a permanência dos policiais e viaturas no DPO de Morro Azul."</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1808/req2018-21.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1808/req2018-21.pdf</t>
   </si>
   <si>
     <t>"Solicitação faz"</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1809/req2018-22.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1809/req2018-22.pdf</t>
   </si>
   <si>
     <t>"Solicita informação ao Executivo Municipal"</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1810/req2018-23.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1810/req2018-23.pdf</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1811/req2018-24.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1811/req2018-24.pdf</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1812/req2018-25.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1812/req2018-25.pdf</t>
   </si>
   <si>
     <t>"Serviço de poda de Arvores e substituição de cabos danificados da rede de energia elétrica do bairro Palmeira da Serra à Lagoinha."</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1813/req2018-27.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1813/req2018-27.pdf</t>
   </si>
   <si>
     <t>"Serviço de recuperação de parte da estrada RJ-129 que desabou na altura do bairro Aguada."</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1814/req2018-28.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1814/req2018-28.pdf</t>
   </si>
   <si>
     <t>"Solicitação faz."</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>GILDA GIL, JEFERSON ADRIANO GOMES MOREIRA, KAIO BALTHAZAR, MOISES ROCHA, ROSANGELA PASSOS, SANDRA GIL</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1815/req2018-29.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1815/req2018-29.pdf</t>
   </si>
   <si>
     <t>"Solicitação, faz."</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/990/pl001-18_000031.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/990/pl001-18_000031.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a implantação da Ata Eletrônica na Câmara Municipal de Vereadores de Eng.° Paulo de Frontin e dá outras providências."</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1954/ind2018-93.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1954/ind2018-93.pdf</t>
   </si>
   <si>
     <t>"Serviço de manutenção da iluminação pública de rua do bairro Morro do Sossego."</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1955/ind2018-94.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1955/ind2018-94.pdf</t>
   </si>
   <si>
     <t>"Serviço de manutenção da pavimentação asfáltica de rua do bairro Morro do Sossego."</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1956/ind2018-95.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1956/ind2018-95.pdf</t>
   </si>
   <si>
     <t>"Serviço de manutenção da rede de iluminação pública de rua do bairro Túnel Doze."</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1957/ind2018-96.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1957/ind2018-96.pdf</t>
   </si>
   <si>
     <t>"Serviço de recuperação do piso asfáltico de via do bairro Grama."</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1958/ind2018-97.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1958/ind2018-97.pdf</t>
   </si>
   <si>
     <t>"Serviço de recuperação do piso asfáltico de via do bairro Borracha."</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1959/ind2018-98.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1959/ind2018-98.pdf</t>
   </si>
   <si>
     <t>"Reparos e manutenção de telhado."</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1960/ind2018-99.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1960/ind2018-99.pdf</t>
   </si>
   <si>
     <t>Reforma do alambrado do campinho de futebol do bairro Túnel Onze."</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1961/ind2018-100.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1961/ind2018-100.pdf</t>
   </si>
   <si>
     <t>"Instalação de quebra-molas em estrada do bairro Alto do Chafre."</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1962/ind2018-101.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1962/ind2018-101.pdf</t>
   </si>
   <si>
     <t>"Serviço de poda de árvores de ruas do bairro Palmeira da Serra."</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1963/ind2018-102.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1963/ind2018-102.pdf</t>
   </si>
   <si>
     <t>"Serviço de poda de árvores de rua do bairro Borracha.-</t>
   </si>
   <si>
     <t>1964</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
     <t>VANTUIL PASSOS DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1964/ind2018-103.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1964/ind2018-103.pdf</t>
   </si>
   <si>
     <t>"Delimitação de faixas de pedestre na estrada RJ-121, Perímetro urbano do 2°c 3° Distrito."</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1965/ind2018-104.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1965/ind2018-104.pdf</t>
   </si>
   <si>
     <t>"Serviço de recuperação e manutenção do Parquinho infantil do 2° Distrito."</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1966/ind2018-105.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1966/ind2018-105.pdf</t>
   </si>
   <si>
     <t>"Complementação de pavimentação de rua do 3° Distrito - Morro Azul."</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1967/ind2018-106.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1967/ind2018-106.pdf</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1968/ind2018-107.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1968/ind2018-107.pdf</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1969/ind2018-108.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1969/ind2018-108.pdf</t>
   </si>
   <si>
     <t>"Cobertura da quadra esportiva do bairro Jardim Novo Rodeio."</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1970/ind2018-109.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1970/ind2018-109.pdf</t>
   </si>
   <si>
     <t>"Criação de transporte coletivo alternativo no município."</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1971/ind2018-110.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1971/ind2018-110.pdf</t>
   </si>
   <si>
     <t>"Abrigo de passageiros no perímetro urbano da Estrada RJ-121, Morro Azul."</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1972/ind2018-111.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1972/ind2018-111.pdf</t>
   </si>
   <si>
     <t>"Instalação de braços de luz em rua do 30 Distrito -Morro Azul."</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1973/ind2018-112.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1973/ind2018-112.pdf</t>
   </si>
   <si>
     <t>-Complementação de pavimentação de rua do 3° Distrito — Morro Azul."</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1974/ind2018-113.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1974/ind2018-113.pdf</t>
   </si>
   <si>
     <t>'Pavimentação asfáltica de estrada do 3° Distrito — Morro Azul."</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1975/ind2018-114.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1975/ind2018-114.pdf</t>
   </si>
   <si>
     <t>"Instalação de corrimão em avenida do 1° Distrito."</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1976/ind2018-115.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1976/ind2018-115.pdf</t>
   </si>
   <si>
     <t>"Instalação de Parque Infantil em Morro Azul — 3º Distrito."</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1977/ind2018-116.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1977/ind2018-116.pdf</t>
   </si>
   <si>
     <t>"Solicita 'a Prefeitura Municipal firmar parceria com a Policia Militar do Estado, junto ao Programa Estadual de Integração na Segurança (PROEIS)".</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1978/ind2018-117.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1978/ind2018-117.pdf</t>
   </si>
   <si>
     <t>"Solicita ‘a Prefeitura Municipal a instalação de câmeras de segurança".</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1979/ind2018-118.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1979/ind2018-118.pdf</t>
   </si>
   <si>
     <t>"Pavimentação asfáltica de rua do bairro Grama."</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1980/ind2018-119.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1980/ind2018-119.pdf</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1981/ind2018-120.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1981/ind2018-120.pdf</t>
   </si>
   <si>
     <t>"Solicita ao Executivo, a análise de anteprojeto de lei".</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>JEFERSON ADRIANO GOMES MOREIRA</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1982/ind2018-121.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1982/ind2018-121.pdf</t>
   </si>
   <si>
     <t>"Construção de praça com parquinho infantil."</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1983/ind2018-122.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1983/ind2018-122.pdf</t>
   </si>
   <si>
     <t>"Manutenção e/ou substituição de corrimão da Vila Operária - 1° Distrito."</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1984/ind2018-123.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1984/ind2018-123.pdf</t>
   </si>
   <si>
     <t>"Reparação de muro de contenção - 1° Distrito."</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1985/ind2018-124.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1985/ind2018-124.pdf</t>
   </si>
   <si>
     <t>"Reparos e limpeza de bueiros galeria de captação d'água pluvial:.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1713,67 +1713,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/461/pl_1450-2018_0.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/463/pl_1452-2018_0.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/464/pl_1453-2018_0.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/466/pl_1457-2018_0.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/467/pl_1458-2018_0.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/468/pl_1459-2018_0.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/470/pl_1464-2018_0.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/471/pl_1465-2018_0.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/473/pl_1466-2018_0.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/472/pl_1468-2018_0.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/474/pl_1469-2018_0.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/478/pl_1472-2018_0.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/479/pl_1473-2018_0.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/480/pl_1474-2018_0.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/482/pl_1477-2018_0.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/484/pl_1478-2018_0.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/483/pl_1478-2018_01.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/486/pl_1480-2018_0.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/485/pl_1481-2018_0.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/487/pl_1482-2018_0.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/555/pl_1483-2018_0.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/556/pl_1484-2018_0.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/557/pl_1485-2018_0.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/558/pl_1486-2018_0.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/581/pl_1489-2018_0.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/582/pl_1490-2018_0.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/583/pl_1491-2018_0.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/584/pl_1492-2018_0.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/585/pl_1493-2018_0.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/586/pl_1494-2018_01.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/587/pl_1495-2018_0.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/588/pl_1496-2018_0.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/589/pl_1497-2018_0.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/590/pl_1498-2018_0.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/987/pl036-18_000028.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/988/pl037-18_000029.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/989/pl038-18_000030.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/981/pl039-18_000022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/977/pl040-18_000018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/978/pl041-18_000019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/980/pl042-18_000021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1163/pl043-18.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/975/pl044-18_000016.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/976/pl045-18_000017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/974/pl046-18_000015.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/979/pl047-18_000020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/973/pl048-18_000014.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/462/pl_1451-2018_0.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/465/pl_1456-2018_0.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/469/pl_1463-2018_0.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/475/pl_1470-2018_0.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/481/pl_1475-2018_0.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/559/pl_1487-2018_0.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/560/pl_1488-2018_0.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/983/pl009-18_000024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1161/pl010-18.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/984/pl011-18_000025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1162/pl012-18.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/985/pl013-18_000026.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/476/p_resol_001-2018_0.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/477/p_resol_002-2018_0.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1795/req2018-01.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1796/req2018-02.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1797/req2018-03.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1798/req2018-04.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1799/req2018-05.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1800/req2018-06.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1801/req2018-07.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1802/req2018-08.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1803/req2018-12.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1804/req2018-13.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1805/req2018-15.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1806/req2018-16.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1807/req2018-17.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1808/req2018-21.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1809/req2018-22.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1810/req2018-23.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1811/req2018-24.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1812/req2018-25.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1813/req2018-27.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1814/req2018-28.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1815/req2018-29.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/990/pl001-18_000031.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1954/ind2018-93.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1955/ind2018-94.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1956/ind2018-95.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1957/ind2018-96.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1958/ind2018-97.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1959/ind2018-98.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1960/ind2018-99.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1961/ind2018-100.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1962/ind2018-101.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1963/ind2018-102.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1964/ind2018-103.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1965/ind2018-104.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1966/ind2018-105.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1967/ind2018-106.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1968/ind2018-107.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1969/ind2018-108.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1970/ind2018-109.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1971/ind2018-110.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1972/ind2018-111.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1973/ind2018-112.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1974/ind2018-113.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1975/ind2018-114.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1976/ind2018-115.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1977/ind2018-116.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1978/ind2018-117.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1979/ind2018-118.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1980/ind2018-119.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1981/ind2018-120.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1982/ind2018-121.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1983/ind2018-122.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1984/ind2018-123.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1985/ind2018-124.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/461/pl_1450-2018_0.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/463/pl_1452-2018_0.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/464/pl_1453-2018_0.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/466/pl_1457-2018_0.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/467/pl_1458-2018_0.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/468/pl_1459-2018_0.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/470/pl_1464-2018_0.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/471/pl_1465-2018_0.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/473/pl_1466-2018_0.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/472/pl_1468-2018_0.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/474/pl_1469-2018_0.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/478/pl_1472-2018_0.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/479/pl_1473-2018_0.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/480/pl_1474-2018_0.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/482/pl_1477-2018_0.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/484/pl_1478-2018_0.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/483/pl_1478-2018_01.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/486/pl_1480-2018_0.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/485/pl_1481-2018_0.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/487/pl_1482-2018_0.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/555/pl_1483-2018_0.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/556/pl_1484-2018_0.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/557/pl_1485-2018_0.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/558/pl_1486-2018_0.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/581/pl_1489-2018_0.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/582/pl_1490-2018_0.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/583/pl_1491-2018_0.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/584/pl_1492-2018_0.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/585/pl_1493-2018_0.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/586/pl_1494-2018_01.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/587/pl_1495-2018_0.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/588/pl_1496-2018_0.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/589/pl_1497-2018_0.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/590/pl_1498-2018_0.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/987/pl036-18_000028.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/988/pl037-18_000029.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/989/pl038-18_000030.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/981/pl039-18_000022.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/977/pl040-18_000018.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/978/pl041-18_000019.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/980/pl042-18_000021.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1163/pl043-18.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/975/pl044-18_000016.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/976/pl045-18_000017.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/974/pl046-18_000015.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/979/pl047-18_000020.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/973/pl048-18_000014.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/462/pl_1451-2018_0.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/465/pl_1456-2018_0.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/469/pl_1463-2018_0.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/475/pl_1470-2018_0.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/481/pl_1475-2018_0.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/559/pl_1487-2018_0.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/560/pl_1488-2018_0.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/983/pl009-18_000024.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1161/pl010-18.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/984/pl011-18_000025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1162/pl012-18.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/985/pl013-18_000026.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/476/p_resol_001-2018_0.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/477/p_resol_002-2018_0.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1795/req2018-01.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1796/req2018-02.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1797/req2018-03.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1798/req2018-04.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1799/req2018-05.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1800/req2018-06.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1801/req2018-07.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1802/req2018-08.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1803/req2018-12.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1804/req2018-13.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1805/req2018-15.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1806/req2018-16.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1807/req2018-17.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1808/req2018-21.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1809/req2018-22.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1810/req2018-23.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1811/req2018-24.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1812/req2018-25.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1813/req2018-27.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1814/req2018-28.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1815/req2018-29.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/990/pl001-18_000031.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1954/ind2018-93.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1955/ind2018-94.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1956/ind2018-95.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1957/ind2018-96.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1958/ind2018-97.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1959/ind2018-98.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1960/ind2018-99.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1961/ind2018-100.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1962/ind2018-101.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1963/ind2018-102.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1964/ind2018-103.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1965/ind2018-104.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1966/ind2018-105.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1967/ind2018-106.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1968/ind2018-107.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1969/ind2018-108.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1970/ind2018-109.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1971/ind2018-110.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1972/ind2018-111.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1973/ind2018-112.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1974/ind2018-113.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1975/ind2018-114.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1976/ind2018-115.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1977/ind2018-116.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1978/ind2018-117.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1979/ind2018-118.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1980/ind2018-119.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1981/ind2018-120.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1982/ind2018-121.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1983/ind2018-122.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1984/ind2018-123.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2018/1985/ind2018-124.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H117"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="132.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="107.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="106.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="243.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>