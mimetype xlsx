--- v0 (2025-12-08)
+++ v1 (2026-03-10)
@@ -54,621 +54,621 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOEx</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>Jauldo Gomes Balthazar Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/328/pl_1520-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/328/pl_1520-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial por Excesso de Arrecadação ao Orçamento vigente</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/329/pl_1521-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/329/pl_1521-2019_0.pdf</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/330/pl_1523-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/330/pl_1523-2019_0.pdf</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/331/pl_1524-2019_01.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/331/pl_1524-2019_01.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial ao Orçamento Vigente</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/333/pl_1526-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/333/pl_1526-2019_0.pdf</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/334/pl_1527-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/334/pl_1527-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de CRÉDITO POR EXCESSO DE ARRECADAÇÃO DA SECRETARIA MUNICIPAL DE SAÚDE e dá outras providências</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/335/pl_1528-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/335/pl_1528-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de CRÉDITO POR EXCESSO DE ARRECADAÇÃO DA SECRETARIA MUNICIPAL DE ASSISTÊNCIA SOCIAL e dá outras providências</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/336/pl_1529-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/336/pl_1529-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Suplementar Especial ao Orçamento Vigente</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Retifica Lei Municipal n° 1327, de 11 de janeiro de 2019</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/344/pl_1548-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/344/pl_1548-2019_0.pdf</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/345/pl_1549-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/345/pl_1549-2019_0.pdf</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/348/pl_1554-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/348/pl_1554-2019_0.pdf</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/349/pl_1555-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/349/pl_1555-2019_0.pdf</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/351/pl_1557-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/351/pl_1557-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de CRÉDITO ESPECIAL do FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL e dá outras providências</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/352/pl_1558-2019.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/352/pl_1558-2019.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para a elaboração da Lei Orçamentária de 2020 e dá outras providências</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/355/pl_1564-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/355/pl_1564-2019_0.pdf</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/356/pl_1565-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/356/pl_1565-2019_0.pdf</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/357/pl_1566-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/357/pl_1566-2019_0.pdf</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/364/pl_1574-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/364/pl_1574-2019_0.pdf</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/367/pl_1578-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/367/pl_1578-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com o BANCO DO BRASIL S.A., e dá outras providencias</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/368/pl_1579-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/368/pl_1579-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 657.428,51 (Seiscentos e cinquenta e sete mil, quatrocentos e vinte oito reais e cinquenta e um centavos)</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/369/pl_1580-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/369/pl_1580-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 465.952,38 (Quatrocentos e sessenta e cinco mil, novecentos e cinquenta e dois reais e trinta e oito centavos)</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/370/pl_1581-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/370/pl_1581-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 498.100,00 (Quatrocentos e noventa e oito mil e cem reais)</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/371/pl_1582-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/371/pl_1582-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 465.450,00 (Quatrocentos e sessenta e cinco mil, quatrocentos e cinquenta reais)</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/372/pl_1583-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/372/pl_1583-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 290.757,34 (Duzentos e noventa mil setecentos e cinquenta e sete reais e trinta e quatro centavos)</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/373/pl_1584-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/373/pl_1584-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 465.952,38 (quatrocentos e sessenta e cinco mil, novecentos e cinquenta e dois reais e trinta e oito centavos)</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/374/pl_1585-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/374/pl_1585-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 385.604,70 (Trezentos e oitenta e cinco mil, seiscentos e quatro reais e setenta centavos).</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/375/pl_1586-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/375/pl_1586-2019_0.pdf</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/376/pl_1587-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/376/pl_1587-2019_0.pdf</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/377/pl_1591-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/377/pl_1591-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 1.889.731,80 (Hum milhão, oitocentos e oitenta e nove mil, setecentos e trinta e um reais e oitenta centavos)</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/378/pl_1592-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/378/pl_1592-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 103.000,00 (Cento e três mil reais)</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/379/pl_1593-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/379/pl_1593-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 4.004.000,00 (Quatro milhões e quatro mil reais)</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/380/pl_1594-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/380/pl_1594-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 1.000.000,00 (Um milhão de reais)</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/381/pl_1595-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/381/pl_1595-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Suplementar o Orçamento vigente, abrindo Crédito Adicional Suplementar, no recurso do CFEM-Compensação Financeira de Recursos Minerais no valor de R$ 1.122.740,32 (Um milhão, cento e vinte e dois mil, setecentos e quarenta reais e trinta e dois centavos)</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/382/pl_1596-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/382/pl_1596-2019_0.pdf</t>
   </si>
   <si>
     <t>Retifica Lei Municipal n° 1364 de 22 de julho de 2019</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/383/pl_1598-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/383/pl_1598-2019_0.pdf</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/386/pl_1603-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/386/pl_1603-2019_0.pdf</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/389/pl_1606-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/389/pl_1606-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de CRÉDITO POR EXCESSO DE ARRECADAÇÃO do FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL e dá outras providências</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/390/pl_1607-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/390/pl_1607-2019_0.pdf</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/391/pl_1608-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/391/pl_1608-2019_0.pdf</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/393/pl_1611-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/393/pl_1611-2019_0.pdf</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/394/pl_1612-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/394/pl_1612-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Suplementar o Orçamento vigente, abrindo Crédito Adicional Suplementar, no recurso do Royaties de R$ 310.025,39 (Trezentos e dez mil, vinte e cinco reais e trinta e nove centavos)</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/396/pl_1614-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/396/pl_1614-2019_0.pdf</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/397/pl_1616-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/397/pl_1616-2019_0.pdf</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/399/pl_1618-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/399/pl_1618-2019_0.pdf</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/400/pl_1619-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/400/pl_1619-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 58.850,00 (Cinquenta e oito mil oitocentos e cinquenta reais)</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/402/pl_1621-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/402/pl_1621-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Suplementar o Orçamento vigente, abrindo Crédito Adicional Suplementar, no valor de R$ 334.103,50 (Trezentos e trinta e quatro mil cento e três reais e cinquenta centavos)</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/401/pl_1620-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/401/pl_1620-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/403/pl_1623-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/403/pl_1623-2019_0.pdf</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/404/pl_1627-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/404/pl_1627-2019_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a Suplementar o Orçamento vigente, abrindo Crédito Adicional Suplementar, no valor de R$ 530.213,02(Quinhentos e trinta mil duzentos e treze reais e dois centavos)</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/405/pl_1628-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/405/pl_1628-2019_0.pdf</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/406/pl_1629-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/406/pl_1629-2019_0.pdf</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>EMM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>JULIO CESAR SERENO</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/459/pem_1622-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/459/pem_1622-2019_0.pdf</t>
   </si>
   <si>
     <t>Modifica o inciso I do artigo 4º do Projeto de Lei n° 050/2019</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>ALEX PAPA ALVES</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/460/pem_1625-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/460/pem_1625-2019_0.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -972,68 +972,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/328/pl_1520-2019_0.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/329/pl_1521-2019_0.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/330/pl_1523-2019_0.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/331/pl_1524-2019_01.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/333/pl_1526-2019_0.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/334/pl_1527-2019_0.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/335/pl_1528-2019_0.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/336/pl_1529-2019_0.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/344/pl_1548-2019_0.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/345/pl_1549-2019_0.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/348/pl_1554-2019_0.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/349/pl_1555-2019_0.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/351/pl_1557-2019_0.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/352/pl_1558-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/355/pl_1564-2019_0.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/356/pl_1565-2019_0.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/357/pl_1566-2019_0.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/364/pl_1574-2019_0.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/367/pl_1578-2019_0.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/368/pl_1579-2019_0.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/369/pl_1580-2019_0.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/370/pl_1581-2019_0.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/371/pl_1582-2019_0.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/372/pl_1583-2019_0.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/373/pl_1584-2019_0.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/374/pl_1585-2019_0.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/375/pl_1586-2019_0.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/376/pl_1587-2019_0.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/377/pl_1591-2019_0.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/378/pl_1592-2019_0.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/379/pl_1593-2019_0.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/380/pl_1594-2019_0.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/381/pl_1595-2019_0.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/382/pl_1596-2019_0.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/383/pl_1598-2019_0.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/386/pl_1603-2019_0.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/389/pl_1606-2019_0.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/390/pl_1607-2019_0.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/391/pl_1608-2019_0.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/393/pl_1611-2019_0.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/394/pl_1612-2019_0.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/396/pl_1614-2019_0.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/397/pl_1616-2019_0.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/399/pl_1618-2019_0.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/400/pl_1619-2019_0.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/402/pl_1621-2019_0.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/401/pl_1620-2019_0.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/403/pl_1623-2019_0.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/404/pl_1627-2019_0.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/405/pl_1628-2019_0.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/406/pl_1629-2019_0.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/459/pem_1622-2019_0.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/460/pem_1625-2019_0.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/328/pl_1520-2019_0.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/329/pl_1521-2019_0.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/330/pl_1523-2019_0.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/331/pl_1524-2019_01.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/333/pl_1526-2019_0.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/334/pl_1527-2019_0.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/335/pl_1528-2019_0.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/336/pl_1529-2019_0.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/344/pl_1548-2019_0.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/345/pl_1549-2019_0.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/348/pl_1554-2019_0.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/349/pl_1555-2019_0.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/351/pl_1557-2019_0.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/352/pl_1558-2019.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/355/pl_1564-2019_0.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/356/pl_1565-2019_0.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/357/pl_1566-2019_0.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/364/pl_1574-2019_0.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/367/pl_1578-2019_0.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/368/pl_1579-2019_0.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/369/pl_1580-2019_0.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/370/pl_1581-2019_0.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/371/pl_1582-2019_0.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/372/pl_1583-2019_0.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/373/pl_1584-2019_0.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/374/pl_1585-2019_0.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/375/pl_1586-2019_0.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/376/pl_1587-2019_0.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/377/pl_1591-2019_0.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/378/pl_1592-2019_0.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/379/pl_1593-2019_0.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/380/pl_1594-2019_0.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/381/pl_1595-2019_0.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/382/pl_1596-2019_0.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/383/pl_1598-2019_0.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/386/pl_1603-2019_0.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/389/pl_1606-2019_0.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/390/pl_1607-2019_0.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/391/pl_1608-2019_0.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/393/pl_1611-2019_0.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/394/pl_1612-2019_0.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/396/pl_1614-2019_0.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/397/pl_1616-2019_0.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/399/pl_1618-2019_0.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/400/pl_1619-2019_0.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/402/pl_1621-2019_0.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/401/pl_1620-2019_0.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/403/pl_1623-2019_0.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/404/pl_1627-2019_0.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/405/pl_1628-2019_0.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/406/pl_1629-2019_0.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/459/pem_1622-2019_0.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/460/pem_1625-2019_0.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H55"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="29.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="106" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="105.140625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>