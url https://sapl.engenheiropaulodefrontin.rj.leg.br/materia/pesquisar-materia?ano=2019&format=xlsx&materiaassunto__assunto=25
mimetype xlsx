--- v0 (2025-12-08)
+++ v1 (2026-03-10)
@@ -54,600 +54,600 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>ALEX PAPA ALVES</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/415/pd_871-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/415/pd_871-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Titulo de Cidadania Frontinense ao Cel. BM. ROBERTO ROBADEY COSTA JUNIOR</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/413/pd_869-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/413/pd_869-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a nominação de Amilton Neves de Andrade a Medalha de Mérito Legislativo</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>KAIO BALTHAZAR</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/414/pd_870-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/414/pd_870-2019_0.pdf</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>GILDA GIL</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/416/pd_872-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/416/pd_872-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Titulo de Cidadania Frontinense ao MM. Desembargador CARLOS SANTOS DE OLIVEIRA</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
     <t>JEFERSON ADRIANO GOMES MOREIRA</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/417/pd_873-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/417/pd_873-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Titulo de Cidadania Frontinense ao Sr. LEANDRO APOMPLO DE PAULA</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
     <t>JULIO CESAR SERENO</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/418/pd_874-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/418/pd_874-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Titulo de Cidadania Frontinense à Sr. ELIZABETH DE CARVALHO SARMENTO</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/419/pd_875-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/419/pd_875-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Titulo de Cidadania Frontinense ao Sr. JUAREZ FIALHO</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>MOISES ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/420/pd_876-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/420/pd_876-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Titulo de Cidadania Frontinense ao Exmo. Deputado Federal, Sr. LUIZ ANTONIO DE SOUZA TEIXEIRA JÚNIOR</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
     <t>ROSANGELA PASSOS</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/421/pd_877-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/421/pd_877-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Titulo de Cidadania Frontinense à sra. CLAUDIA COSTA FERREIRA DE ANDRADE</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>SANDRA GIL</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/422/pd_878-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/422/pd_878-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Titulo de Cidadania Frontinense à Sra. ANA MARIA PEREIRA DA SILVA TEIXEIRA</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>VANTUIL PASSOS DOS SANTOS</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/423/pd_879-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/423/pd_879-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Titulo de Cidadania Frontinense ao Sr. ALBERTO DE OLIVEIRA BERNARDES</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/424/pd_880-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/424/pd_880-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Placa de Mérito Municipal ao Sr. LUIZ CARLOS DE CASTRO</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/425/pd_881-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/425/pd_881-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Placa de Mérito Municipal o Exmo. Sr. JAULDO DE SOUZA BALTHAZAR FERREIRA</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/426/pd_882-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/426/pd_882-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Placa de Mérito Municipal ao Sr. JOSE RENATO RODRIGUES</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/427/pd_883-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/427/pd_883-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Placa de Mérito Municipal ao Sr. JULIO DA SILVA SERENO</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/428/pd_884-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/428/pd_884-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Placa de Mérito Municipal ao Sr. JOSUÉ FERREIRA BENTO</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/429/pd_885-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/429/pd_885-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Placa de Mérito Municipal à Sra. JUÇARA APARECIDA DE CAMPOS ROCHA</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/430/pd_886-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/430/pd_886-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Placa de Mérito Municipal ao Pr. MARCOS GONÇALVES DE ALMEIDA</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/431/pd_887-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/431/pd_887-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Placa de Mérito Municipal ao Sr. RODRIGO ANDRADE VAZ</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/432/pd_888-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/432/pd_888-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Placa de Mérito Municipal ao Sr. ORLANDO DE JESUS</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/433/pd_889-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/433/pd_889-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Medalha de Mérito Legislativo à sra. MARIA CLAUDIA DE OLIVEIRA RANAURO SOUZA</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/434/pd_890-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/434/pd_890-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Medalha de Mérito Legislativo à Sra. SANDRA MARIA BATISTA FERREIRA DE ARAÚJO</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/435/pd_891-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/435/pd_891-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Medalha de Mérito Legislativo ao Sr. VANDER MORAIS PACHECO</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/436/pd_892-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/436/pd_892-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Medalha de Mérito Legislativo à Sra. ODILIA DO NASCIMENTO SANTIAGO</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/437/pd_893-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/437/pd_893-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Medalha de Mérito Legislativo ao Sr. ELIENAI CARLOS DA CUNHA</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/438/pd_894-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/438/pd_894-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Medalha de Mérito Legislativo ao Sr. MIGUEL MARIOTTI</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/439/pd_895-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/439/pd_895-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Medalha de Mérito Legislativo ao Pr. LUCIANO CARELLI LEAL</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/440/pd_896-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/440/pd_896-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Medalha de Mérito Legislativo à Sra. VITÓRIA OLIVEIRA DOS SANTOS</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/441/pd_897-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/441/pd_897-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Medalha de Mérito Legislativo ao Sr. FLAVIO LUCIO FERREIRA LAVINAS</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/442/pd_898-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/442/pd_898-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Titulo de Cidadania Frontinense ao Exmo. Senador, Sr. AROLDE DE OLIVEIRA</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/443/pd_899-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/443/pd_899-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Titulo de Cidadania Frontinense ao Exmo. Vice-governador do Estado do Rio de Janeiro, Sr. CLAUDIO BOMEM DE CASTRO E SILVA</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/444/pd_900-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/444/pd_900-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Titulo de Cidadania Frontinense ao Exmo. Deputado Federal, Sr. RODRIGO FELINTO IBARRA EPITACIO MAIA</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/445/pd_901-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/445/pd_901-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Titulo de Cidadania Frontinense ao Exmo. Deputado Estadual, Sr. RODRIGO MARTINS PIRES DE AMORIM</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/446/pd_902-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/446/pd_902-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Titulo de Cidadania Frontinense ao Exmo. Deputado Estadual, Sr. ROSEN VERG REIS DE OLIVEIRA</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/447/pd_903-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/447/pd_903-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Titulo de Cidadania Frontinense ao Exmo. Deputado Estadual, Sr. THIAGO PAMPOLHA GONÇALVES</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/448/pd_904-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/448/pd_904-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Titulo de Cidadania Frontinense ao Sr. CARMINE COLUCCI NETO</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/449/pd_905-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/449/pd_905-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Medalha de Mérito Legislativo ao Sr. CLAUDIO MÁRCIO HENRIQUE VALENTE</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/450/pd_906-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/450/pd_906-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Medalha de Mérito Legislativo Dra. RISOLEIDE MARQUES DE FIGUEIREDO</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/451/pd_907-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/451/pd_907-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Medalha de Mérito Legislativo ao Sr. SIMAO SESSIM</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/452/pd_908-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/452/pd_908-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Medalha de Mérito Legislativo ao Sr. VALDINEI DA SILVA</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/453/pd_909-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/453/pd_909-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Medalha de Mérito Legislativo ao Sr. WANDERLEY JOSÉ DA SILVA</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/454/pd_910-2019_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/454/pd_910-2019_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Medalha de Mérito Legislativo ao Sr. WASHINGTON RODRIGUES DE SOUZA</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/455/pdl_911_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/455/pdl_911_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Placa de Mérito Municipal ao Sr. FELIPE DA COSTA BRASIL</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/456/pdl_912_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/456/pdl_912_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Placa de Mérito Municipal ao Sr. MARCELO BARBOSA OLIVEIRA</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/457/pdl_913_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/457/pdl_913_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a outorga de Placa de Mérito Municipal à Sra. BIANCA ALINE MOREIRA TAVARES FONTES NUNES</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -954,68 +954,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/415/pd_871-2019_0.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/413/pd_869-2019_0.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/414/pd_870-2019_0.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/416/pd_872-2019_0.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/417/pd_873-2019_0.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/418/pd_874-2019_0.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/419/pd_875-2019_0.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/420/pd_876-2019_0.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/421/pd_877-2019_0.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/422/pd_878-2019_0.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/423/pd_879-2019_0.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/424/pd_880-2019_0.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/425/pd_881-2019_0.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/426/pd_882-2019_0.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/427/pd_883-2019_0.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/428/pd_884-2019_0.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/429/pd_885-2019_0.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/430/pd_886-2019_0.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/431/pd_887-2019_0.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/432/pd_888-2019_0.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/433/pd_889-2019_0.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/434/pd_890-2019_0.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/435/pd_891-2019_0.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/436/pd_892-2019_0.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/437/pd_893-2019_0.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/438/pd_894-2019_0.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/439/pd_895-2019_0.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/440/pd_896-2019_0.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/441/pd_897-2019_0.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/442/pd_898-2019_0.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/443/pd_899-2019_0.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/444/pd_900-2019_0.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/445/pd_901-2019_0.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/446/pd_902-2019_0.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/447/pd_903-2019_0.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/448/pd_904-2019_0.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/449/pd_905-2019_0.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/450/pd_906-2019_0.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/451/pd_907-2019_0.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/452/pd_908-2019_0.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/453/pd_909-2019_0.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/454/pd_910-2019_0.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/455/pdl_911_0.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/456/pdl_912_0.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/457/pdl_913_0.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/415/pd_871-2019_0.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/413/pd_869-2019_0.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/414/pd_870-2019_0.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/416/pd_872-2019_0.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/417/pd_873-2019_0.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/418/pd_874-2019_0.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/419/pd_875-2019_0.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/420/pd_876-2019_0.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/421/pd_877-2019_0.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/422/pd_878-2019_0.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/423/pd_879-2019_0.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/424/pd_880-2019_0.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/425/pd_881-2019_0.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/426/pd_882-2019_0.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/427/pd_883-2019_0.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/428/pd_884-2019_0.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/429/pd_885-2019_0.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/430/pd_886-2019_0.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/431/pd_887-2019_0.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/432/pd_888-2019_0.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/433/pd_889-2019_0.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/434/pd_890-2019_0.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/435/pd_891-2019_0.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/436/pd_892-2019_0.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/437/pd_893-2019_0.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/438/pd_894-2019_0.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/439/pd_895-2019_0.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/440/pd_896-2019_0.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/441/pd_897-2019_0.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/442/pd_898-2019_0.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/443/pd_899-2019_0.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/444/pd_900-2019_0.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/445/pd_901-2019_0.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/446/pd_902-2019_0.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/447/pd_903-2019_0.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/448/pd_904-2019_0.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/449/pd_905-2019_0.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/450/pd_906-2019_0.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/451/pd_907-2019_0.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/452/pd_908-2019_0.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/453/pd_909-2019_0.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/454/pd_910-2019_0.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/455/pdl_911_0.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/456/pdl_912_0.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2019/457/pdl_913_0.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H46"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="103.28515625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="102.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="136.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>