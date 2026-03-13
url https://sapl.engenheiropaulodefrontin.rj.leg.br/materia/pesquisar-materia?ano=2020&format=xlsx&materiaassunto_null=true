--- v0 (2025-12-07)
+++ v1 (2026-03-13)
@@ -54,1386 +54,1386 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOEx</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>Jauldo Gomes Balthazar Ferreira</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/212/pl_1630-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/212/pl_1630-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 1.889.731,80 ( Hum milhão, oitocentos e oitenta e nove_x000D_
 mil, setecentos e trinta e um reais e oitenta centavos)</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/213/pl_1631-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/213/pl_1631-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 498.100,00 (Quatrocentos e noventa e oito mil, cem_x000D_
 reais).</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/214/pl_1632-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/214/pl_1632-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 465.952,38 (Quatrocentos e sessenta e cinco mil, novecentos e cinquenta e dois reais e trinta e oito centavos).</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/215/pl_1633-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/215/pl_1633-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 657.428,51 (Seiscentos e cinquenta e sete mil, quatrocentos e vinte e oito reais e cinquenta e um centavos).</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
     <t>Jose Emmanoel Rodrigues Artemenko</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/216/pl_1634-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/216/pl_1634-2020_0.pdf</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/217/pl_1635-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/217/pl_1635-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 4.004.000,00 (Quatro milhões e quatro mil reais).</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/218/pl_1637-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/218/pl_1637-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial ao Orçamento Vigente</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/219/pl_1638-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/219/pl_1638-2020_0.pdf</t>
   </si>
   <si>
     <t>Acrescenta-se 25 vagas para contratação temporária de Professores nível II, constante da Lei Municipal n° 1272/2018</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/220/pl_1639-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/220/pl_1639-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 18.625,20 (Dezoito mil seiscentos e vinte e cinco reais e vinte centavos)</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/221/pl_1640-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/221/pl_1640-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 22.407,00 (Vinte e Dois mil quatrocentos e sete reais).</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/222/pl_1641-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/222/pl_1641-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 280.541,48 (Duzentos e oitenta mil quinhentos e quarenta e um reais e quarenta e oito centavos).</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/223/pl_1642-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/223/pl_1642-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 83.000,00 (0itenta e três mil reais).</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/224/pl_1643-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/224/pl_1643-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 96.100,00 (Noventa e seis mil e cem reais).</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/225/pl_1644-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/225/pl_1644-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 189.900,00 (Cento e oitenta mil e novecentos reais).</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/226/pl_1645-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/226/pl_1645-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 228.912,00 (Duzentos e vinte e oito mil novecentos e doze reais).</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/227/pl_1646-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/227/pl_1646-2020_0.pdf</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/228/pl_1647-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/228/pl_1647-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a Constituição de Gestão associada com o Estado do Rio de Janeiro e entes da administração pública estadual, para a execução de funções públicas relativas aos serviços de saneamento básico, e dá outras providências.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/229/pl_1648-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/229/pl_1648-2020_0.pdf</t>
   </si>
   <si>
     <t>Versa sobre a criação da Política Pública de Incentivo e a pesquisa tecnológica, ao desenvolvimento sustentável e a consolidação dos ambientes de inovação nos setores produtivos e sociais da cidade .</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/230/pl_1649-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/230/pl_1649-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 19.193,00 (Dezenove mil cento e noventa e três reais).</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/231/pl_1650-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/231/pl_1650-2020_0.pdf</t>
   </si>
   <si>
     <t>Cria o Fundo Municipal de Cultura do Município Eng° Paulo de Frontin de Engenheiro Paulo de Frontin.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/232/pl_1651-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/232/pl_1651-2020_0.pdf</t>
   </si>
   <si>
     <t>Aprova o Plano Municipal de Cultura do município de Engenheiro Paulo de Frontin/RJ</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/233/pl_1652-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/233/pl_1652-2020_0.pdf</t>
   </si>
   <si>
     <t>Cria o. Conselho Municipal de Cultura - CMC e dá outras providências.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/234/pl_1653-2020.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/234/pl_1653-2020.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre as diretrizes para elaboração da Lei Orçamentária de 2021 e clã outras providencias.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/235/pl_1654-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/235/pl_1654-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a repassar verbas destinadas i aquisição de merenda escolar, às famílias dos alunos da rede pública municipal na forma da Lei Federal nº 13.987/2020.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/236/pl_1656-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/236/pl_1656-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de CRÉDITO ESPECIAL POR SUPERAVIT de exercício anterior do FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL e dá outras providências.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/237/pl_1657-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/237/pl_1657-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de CRÉDITO POR EXCESSO DE ARRECADAÇÃO do FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL e dá outras providências.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/238/pl_1658-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/238/pl_1658-2020_0.pdf</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/239/pl_1659-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/239/pl_1659-2020_0.pdf</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/240/pl_1660-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/240/pl_1660-2020_0.pdf</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/241/pl_1661-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/241/pl_1661-2020_0.pdf</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/242/pl_1663-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/242/pl_1663-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 606.000,00 (Seiscentos seis mil reais).</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/243/pl_1664-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/243/pl_1664-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 365.000,00 (Trezentos e sessenta e cinco mil reais).</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/244/pl_1665-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/244/pl_1665-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 482.275,00 (quatrocentos e oitenta e dois mil duzentos e setenta e cinco reais).</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/245/pl_1670-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/245/pl_1670-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de CRÉDITO POR EXCESSO DE ARRECADAÇÃO do FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL e dá outras providencias.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/246/pl_1671-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/246/pl_1671-2020_0.pdf</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/247/pl_1672-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/247/pl_1672-2020_0.pdf</t>
   </si>
   <si>
     <t>Acrescenta-se 47 vagas para contratação temporária de Médicos, Enfermeiros, Fisioterapeutas, Tec. de Enfermagens, Maqueiros e Serventes para o combate ao COVID-19.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/248/pl_1674-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/248/pl_1674-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a suspender o desconto, por ate 04 meses consecutivos, podendo ser prorrogado, as parcelas de empréstimos consignados descontados em folha, como medida de enfrentamento ao COVID-19.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/249/pl_1675-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/249/pl_1675-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de CREDITO POR EXCESSO DE ARRECADAÇÃO do FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL e dá outras providências.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/250/pl_1678-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/250/pl_1678-2020_0.pdf</t>
   </si>
   <si>
     <t>Cria-se 09 vagas para contratação temporária de Visitador e Supervisor, para atuação no Projeto Criança Feliz.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/251/pl_1679-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/251/pl_1679-2020_0.pdf</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/252/pl_1681-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/252/pl_1681-2020_0.pdf</t>
   </si>
   <si>
     <t>Denomina de "Cleuse Soares Cardoso", a Unidade de Saúde da Família, no bairro Barreira no município de Engenheiro Paulo de Frontin - RJ.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/253/pl_1682-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/253/pl_1682-2020_0.pdf</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/254/pl_1683-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/254/pl_1683-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de CRÉDITO POR EXCESSO DE ARRECADAÇÃO do FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL e dá outras providencias</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/255/pl_1684-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/255/pl_1684-2020_0.pdf</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/256/pl_1687-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/256/pl_1687-2020_0.pdf</t>
   </si>
   <si>
     <t>Denomina de "Vera Lida Novais Serrazina", o Posto de Saúde do bairro Palmeira da Serra do município de Engenheiro Paulo de Frontin-RJ.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/257/pl_1688-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/257/pl_1688-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Credito Adicional Suplementar no orçamento vigente no valor de R$ 171.720,01 (Cento e Setenta e um mil, setecentos e vinte reais e um centavo).</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/258/pl_1689-2020.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/258/pl_1689-2020.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial ao Orçamento vigente</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/259/pl_1690-2020.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/259/pl_1690-2020.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de Crédito Adicional Especial ao Orçamento vigente</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/260/pl_1691-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/260/pl_1691-2020_0.pdf</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/261/pl_1692-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/261/pl_1692-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Credito Adicional Especial ao Orçamento Vigente</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/262/pl_1693-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/262/pl_1693-2020_0.pdf</t>
   </si>
   <si>
     <t>Denomina de "Adão dos Santos Andrade", a Praça com Área de lazer infantil com cobertura do bairro Adrianino do município de Engenheiro Paulo de Frontin-RJ.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/263/pl_1694-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/263/pl_1694-2020_0.pdf</t>
   </si>
   <si>
     <t>Denomina de "Eleno José Queiroz Ramalho", a Praça e Quadra Esportiva com cobertura do bairro de Palmeira da Serra do município de Engenheiro Paulo de Frontin-RJ.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/264/pl_1695-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/264/pl_1695-2020_0.pdf</t>
   </si>
   <si>
     <t>Cria-se 18 vagas para contratação temporária de Agente de Apoio e Fiscalização para o combate ao COVID-19</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/265/pl_1696-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/265/pl_1696-2020_0.pdf</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/266/pl_1697-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/266/pl_1697-2020_0.pdf</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/267/pl_1699-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/267/pl_1699-2020_0.pdf</t>
   </si>
   <si>
     <t>Denomina de "Sebastião Roberto Pereira Ramon", a Praça e Quadra com cobertura do bairro Vila Ramon em MORRO AZUL. município de Engenheiro Paulo de Frontin-RJ.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/268/pl_1700-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/268/pl_1700-2020_0.pdf</t>
   </si>
   <si>
     <t>Denomina de "Ademir José dos Passos", a Praça de dois pavimentos do bairro do Matadouro do município de Engenheiro Paulo de Frontin-RJ.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/269/pl_1701-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/269/pl_1701-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito Adicional Especial ao Orçamento Vigente</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/270/pl_1702-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/270/pl_1702-2020_0.pdf</t>
   </si>
   <si>
     <t>Altera nomenclaturas da Lei Municipal nº 1219 de 01 de março de 2017.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/271/pl_1703-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/271/pl_1703-2020_0.pdf</t>
   </si>
   <si>
     <t>Denomina de "Juca Tunholi" a Quadra Esportiva e Praça coberta do bairro de Palmas, município de Engenheiro Paulo de Frontin-RJ,</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/272/pl_1704-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/272/pl_1704-2020_0.pdf</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/273/pl_1705-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/273/pl_1705-2020_0.pdf</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/274/pl_1706-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/274/pl_1706-2020_0.pdf</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/275/pl_1707-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/275/pl_1707-2020_0.pdf</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/276/pl_1708-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/276/pl_1708-2020_0.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e Fixa a Despesa para o Exercício Financeiro de 2021.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/277/pl_1710-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/277/pl_1710-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 18.322,06 (Dezoito mil, trezentos e vinte e dois reais e seis centavos).</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/278/pl_1711-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/278/pl_1711-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de RS 177.960.02 (Cento e setenta e sete mil, novecentos e sessenta reais e dois centavos).</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/279/pl_1712-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/279/pl_1712-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Credito Adicional Especial no orçamento vigente no valor de R$ 1.322.632,00 (Hum milhão, trezentos e vinte e dois mil, seiscentos e trinta e dois reais).</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/280/pl_1713-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/280/pl_1713-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 92.864,00 (Noventa e dois mil, oitocentos e sessenta e quatro mil).</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/281/pl_1714-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/281/pl_1714-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 74.291,20 (Setenta e quatro mil. duzentos e noventa e um reais e vinte centavos).</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/282/pl_1715-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/282/pl_1715-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de .R$ 64.900.00 (Sessenta e quatro mil e novecentos reais)</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/283/pl_1716-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/283/pl_1716-2020_0.pdf</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/284/pl_1718-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/284/pl_1718-2020_0.pdf</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/285/pl_1719-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/285/pl_1719-2020_0.pdf</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/286/pl_1720-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/286/pl_1720-2020_0.pdf</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/287/pl_1721-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/287/pl_1721-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar no orçamento vigente no valor de R$ 3.928.234,91 (Três milhões, novecentos e vinte e oito mil, duzentos e trinta e quatro reais e noventa e um centavos).</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/288/pl_1722-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/288/pl_1722-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o poder executivo a abrir crédito adicional especial, no orçamento vigente, no valor total de R$ 116.002,17 (cento e dezesseis mil, dois reais e _x000D_
  dezessete centavos).</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/289/pl_1723-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/289/pl_1723-2020_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre nova redação do Fundo Municipal do Meio Ambiente e dá outras providências</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/290/pl_1724-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/290/pl_1724-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Suplementar no orçamento vigente, e da outras providências.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/291/pl_1725-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/291/pl_1725-2020_0.pdf</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/292/pl_1727-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/292/pl_1727-2020_0.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei Municipal n" 1458, de 18 de agosto de 2020</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/293/pl_1728-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/293/pl_1728-2020_0.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei Municipal n° 1396, de 26 de dezembro de 2019</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/294/pl_1729-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/294/pl_1729-2020_0.pdf</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/295/pl_1730-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/295/pl_1730-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a abrir Crédito Adicional Especial no orçamento vigente no valor de R$ 58.850,00 (Cinquenta e oito mil oitocentos e cinquenta reais)</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/296/pl_1731-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/296/pl_1731-2020_0.pdf</t>
   </si>
   <si>
     <t>Altera o artigo 80 da Lei Municipal 692 de 30 de dezembro de 2003</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/297/pl_1732-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/297/pl_1732-2020_0.pdf</t>
   </si>
   <si>
     <t>PLANO DE CARGOS, CARREIRA E SALÁRIOS DOS SERVIDORES EFETIVOS DA PREFEITURA  DE ENGENHEIRO PAULO DE FRONTIN</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/298/pl_1733-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/298/pl_1733-2020_0.pdf</t>
   </si>
   <si>
     <t>Denomina de "Wanderley de Souza Balthazar Ferreira" a Creche Municipal, no terceiro distrito, Morro Azul do Tinguá, no município de Engenheiro Paulo de Frontin-RJ</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/299/pl_1734-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/299/pl_1734-2020_0.pdf</t>
   </si>
   <si>
     <t>Modifica a Lei Municipal nº 1481, de 24 de novembro de 2020</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/300/pl_1735-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/300/pl_1735-2020_0.pdf</t>
   </si>
   <si>
     <t>Altera os incisos I e II do artigo 4' da Lei Municipal n° 1.200 de 12 de junho de 2016</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/301/pl_1737-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/301/pl_1737-2020_0.pdf</t>
   </si>
   <si>
     <t>Altera a qualificação mínima e nível na tabela de cargos e vencimento da Lei Municipal nº 1484/2020 dos cargos de Auxiliar de Enfermagem e Agente de Documentação Médica</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/302/pl_1738-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/302/pl_1738-2020_0.pdf</t>
   </si>
   <si>
     <t>Altera a qualificação mínima e nível na tabela de cargos e vencimento da Lei Municipal nº 1484/2020 dos cargos de Auxiliar de Fiscalização e do Atendente</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/303/pl_1741-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/303/pl_1741-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo e Legislativo a repassar verbas que seriam destinadas aquisição de cestas de natal para todos os funcionários da Prefeitura e Câmara Municipal de Engenheiro Paulo de Frontin.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/304/pl_1742-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/304/pl_1742-2020_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a transformação de cargos de Motorista em cargos de Condutor de Ambulância, e dá outras providências."</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/305/pl_1743-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/305/pl_1743-2020_0.pdf</t>
   </si>
   <si>
     <t>Modifica a denominação do PMAQ-AB para PROGRAMA PREVINE BRASIL.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/306/pl_1757-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/306/pl_1757-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de credito suplementar por excesso de arrecadação na Prefeitura Municipal de Eng° Paulo de Frontin, ao orçamento vigente.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>PLOLG</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>JULIO CESAR SERENO</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/307/pll_1636-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/307/pll_1636-2020_0.pdf</t>
   </si>
   <si>
     <t>INSTITUI NO MUNICÍPIO DE ENGENHEIRO PAULO DE FRONTIN 0 DIA MUNICIPAL DA FIBROMIALGIA, FILAS PREFERENCIAIS E VAGAS DE ESTACIONAMENTO PREFERENCIAL.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>JOSÉ QUEIROZ (Mestre Mola)</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/308/pll_1655-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/308/pll_1655-2020_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a. obrigatoriedade de habilitação e registro em federação desportiva regular dos profissionais de capoeira e artes marciais da forma que menciona</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>ALEX PAPA ALVES</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/309/pll_1662-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/309/pll_1662-2020_0.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE AFIXAÇÃO DE DISPENSADORES DE ALCOOL EM GEL NOS TRANSPORTES MUNICIPAIS, NO ÂMBITO DO MUNICÍPIO DE ENGENHEIRO PAULO DE FRONTIN</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>GILDA GIL, JEFERSON ADRIANO GOMES MOREIRA, JOSÉ QUEIROZ (Mestre Mola), KAIO BALTHAZAR, MOISES ROCHA, ROSANGELA PASSOS, SANDRA GIL</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/310/pll_1666-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/310/pll_1666-2020_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre regulamentação de filas dos clientes das instituições financeiras, enquanto perdurar a Situação de Emergência em Saúde Pública no município de Engenheiro Paulo de FrontiN</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/311/pll_1667-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/311/pll_1667-2020_0.pdf</t>
   </si>
   <si>
     <t>Torna obrigatória a utilização de máscaras e fornecimento de álcool em gel nos estabelecimentos comerciais instalados no Município, e dá outras providências.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/313/pll_1669-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/313/pll_1669-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a deixar de descontar, por até 04 meses consecutivos, podendo ser prorrogadas, as parcelas de empréstimos consignados descontados em folha como medida excepcional de enfrentamento da calamidade pública decretada em virtude da COVID-19.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>ALEX PAPA ALVES, JULIO CESAR SERENO</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/314/pll_1673-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/314/pll_1673-2020_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de informar a Câmara Municipal e de publicar todas as informações atualizadas e detalhadas acerca das contratações destinadas a aquisição de bens, serviços e insumos a serem alocados no combate o COVID-19</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/315/pll_1676-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/315/pll_1676-2020_0.pdf</t>
   </si>
   <si>
     <t>Determina que enquanto perdurar o estado de emergência de saúde pública de importância internacional decorrente do COVID-19, fica vedada a realização de despesas com publicidade ou propaganda.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/316/pll_1677-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/316/pll_1677-2020_0.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder incentivo fiscal para realização de projetos culturais e dá outras providências.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>JEFERSON ADRIANO GOMES MOREIRA, KAIO BALTHAZAR, MOISES ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/317/pll_1680-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/317/pll_1680-2020_0.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA A UTILIZAÇÃO DE ESPAÇOS POBLICOS PARA REALIZAÇÃO DE FESTIVAL DE PIPAS PIPÓDROMOS, NA FORMA EM QUE MENCIONA</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/318/pll_1685-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/318/pll_1685-2020_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre medidas de incentivo a inovação tecnológica, à pesquisa científica e tecnológica, ao desenvolvimento tecnológico em ambiente produtivo, no Município de Engenheiro Paulo de Frontin, e dá outras providências correlatas</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/319/pll_1686-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/319/pll_1686-2020_0.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre à inclusão da leitura da bíblia nas escolas Municipais e privadas</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>ROSANGELA PASSOS</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/320/pll_1698-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/320/pll_1698-2020_0.pdf</t>
   </si>
   <si>
     <t>Inclui no Calendário Oficial do Município de Engenheiro Paulo de Frontin o Dia de combate à Intolerância ideológica, e da outras providencias</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/321/pll_1709-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/321/pll_1709-2020_0.pdf</t>
   </si>
   <si>
     <t>Visa Alterar a Lei Municipal nº 1441/2020x</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
     <t>KAIO BALTHAZAR</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/322/pll_1717-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/322/pll_1717-2020_0.pdf</t>
   </si>
   <si>
     <t>Cria o Cadastro Municipal de Artistas, Fazedores de Cultura, Produtores e Instituições Culturais de Engenheiro Paulo de Frontin</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>ALEX PAPA ALVES, GILDA GIL, JEFERSON ADRIANO GOMES MOREIRA, JOSÉ QUEIROZ (Mestre Mola), JULIO CESAR SERENO, KAIO BALTHAZAR, MOISES ROCHA, ROSANGELA PASSOS, SANDRA GIL</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/323/pll_1726-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/323/pll_1726-2020_0.pdf</t>
   </si>
   <si>
     <t>Declara de Utilidade Pública o Centro Recreativo Fluminense.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/324/pll_1739-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/324/pll_1739-2020_0.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE ISENÇÃO DE PAGAMENTO DE IMPOSTO PREDIAL E TERRITORIAL URBANO (1PTU), PARA OS PRÉDIOS ONDE SE EXERÇAM ATIVIDADES COMERCIAIS, INDUSTRIAS E DEMAIS SERVIÇOS QUE TIVERAM SUAS ATIVIDADES SUSPENSAS POR DETERMINAÇÃO DO PODER PUBLICO.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/325/pll_1740-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/325/pll_1740-2020_0.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA 0 INCISO XIV AO ARTIGO 17 DA LEI N" 340A de 29 DE DEZEMBRO DE 1989</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/326/pll_1744-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/326/pll_1744-2020_0.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DISPONIBILIZAÇÃO DE VACINAS CONTRA A SAR-COVID-19 NO ÂMBITO DO TERRITÓRIO DO MUNICÍPIO DE ENGENHEIRO PAULO DE FRONTIN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>PRESO</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/410/res_001-2020.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/410/res_001-2020.pdf</t>
   </si>
   <si>
     <t>Apresentação de Vereador licenciado de Cargo de Secretario Municipal de Cultura e Afastamento de Vereador Suplente</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/1188/res03-20.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/1188/res03-20.pdf</t>
   </si>
   <si>
     <t>"Reduz temporariamente a remuneração dos agentes políticos vinculados à Câmara Municipal de Engenheiro Paulo de Frontin, e dá outras providências."</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>EMM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/327/pem_1756-2020_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/327/pem_1756-2020_0.pdf</t>
   </si>
   <si>
     <t>Projeto de emenda modificativa ao Projeto de Lei do Executivo n° 065/20 que estima a receita e fixa a despesa do município de Eng.° Paulo de Frontin-RJ para o exercício de 2021</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/1658/emendamod005-20.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/1658/emendamod005-20.pdf</t>
   </si>
   <si>
     <t>"Modifica-se o caput do artigo 164° do Regimento Interno Cameral".</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>RES</t>
   </si>
   <si>
     <t>Resolução</t>
   </si>
   <si>
     <t>KAIO BALTHAZAR, GILDA GIL, JEFERSON ADRIANO GOMES MOREIRA, JOSÉ QUEIROZ (Mestre Mola), ROSANGELA PASSOS, SANDRA GIL</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/966/resolucao_003-20_000004.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/966/resolucao_003-20_000004.pdf</t>
   </si>
   <si>
     <t>"Altera, temporariamente, a redação do art. 153 do Regimento Interno da Câmara Municipal de Engenheiro Paulo de Frontin, e dá outras providências."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1740,67 +1740,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/212/pl_1630-2020_0.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/213/pl_1631-2020_0.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/214/pl_1632-2020_0.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/215/pl_1633-2020_0.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/216/pl_1634-2020_0.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/217/pl_1635-2020_0.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/218/pl_1637-2020_0.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/219/pl_1638-2020_0.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/220/pl_1639-2020_0.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/221/pl_1640-2020_0.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/222/pl_1641-2020_0.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/223/pl_1642-2020_0.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/224/pl_1643-2020_0.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/225/pl_1644-2020_0.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/226/pl_1645-2020_0.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/227/pl_1646-2020_0.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/228/pl_1647-2020_0.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/229/pl_1648-2020_0.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/230/pl_1649-2020_0.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/231/pl_1650-2020_0.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/232/pl_1651-2020_0.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/233/pl_1652-2020_0.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/234/pl_1653-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/235/pl_1654-2020_0.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/236/pl_1656-2020_0.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/237/pl_1657-2020_0.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/238/pl_1658-2020_0.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/239/pl_1659-2020_0.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/240/pl_1660-2020_0.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/241/pl_1661-2020_0.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/242/pl_1663-2020_0.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/243/pl_1664-2020_0.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/244/pl_1665-2020_0.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/245/pl_1670-2020_0.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/246/pl_1671-2020_0.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/247/pl_1672-2020_0.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/248/pl_1674-2020_0.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/249/pl_1675-2020_0.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/250/pl_1678-2020_0.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/251/pl_1679-2020_0.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/252/pl_1681-2020_0.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/253/pl_1682-2020_0.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/254/pl_1683-2020_0.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/255/pl_1684-2020_0.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/256/pl_1687-2020_0.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/257/pl_1688-2020_0.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/258/pl_1689-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/259/pl_1690-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/260/pl_1691-2020_0.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/261/pl_1692-2020_0.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/262/pl_1693-2020_0.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/263/pl_1694-2020_0.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/264/pl_1695-2020_0.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/265/pl_1696-2020_0.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/266/pl_1697-2020_0.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/267/pl_1699-2020_0.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/268/pl_1700-2020_0.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/269/pl_1701-2020_0.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/270/pl_1702-2020_0.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/271/pl_1703-2020_0.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/272/pl_1704-2020_0.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/273/pl_1705-2020_0.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/274/pl_1706-2020_0.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/275/pl_1707-2020_0.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/276/pl_1708-2020_0.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/277/pl_1710-2020_0.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/278/pl_1711-2020_0.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/279/pl_1712-2020_0.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/280/pl_1713-2020_0.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/281/pl_1714-2020_0.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/282/pl_1715-2020_0.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/283/pl_1716-2020_0.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/284/pl_1718-2020_0.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/285/pl_1719-2020_0.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/286/pl_1720-2020_0.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/287/pl_1721-2020_0.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/288/pl_1722-2020_0.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/289/pl_1723-2020_0.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/290/pl_1724-2020_0.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/291/pl_1725-2020_0.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/292/pl_1727-2020_0.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/293/pl_1728-2020_0.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/294/pl_1729-2020_0.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/295/pl_1730-2020_0.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/296/pl_1731-2020_0.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/297/pl_1732-2020_0.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/298/pl_1733-2020_0.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/299/pl_1734-2020_0.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/300/pl_1735-2020_0.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/301/pl_1737-2020_0.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/302/pl_1738-2020_0.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/303/pl_1741-2020_0.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/304/pl_1742-2020_0.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/305/pl_1743-2020_0.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/306/pl_1757-2020_0.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/307/pll_1636-2020_0.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/308/pll_1655-2020_0.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/309/pll_1662-2020_0.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/310/pll_1666-2020_0.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/311/pll_1667-2020_0.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/313/pll_1669-2020_0.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/314/pll_1673-2020_0.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/315/pll_1676-2020_0.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/316/pll_1677-2020_0.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/317/pll_1680-2020_0.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/318/pll_1685-2020_0.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/319/pll_1686-2020_0.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/320/pll_1698-2020_0.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/321/pll_1709-2020_0.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/322/pll_1717-2020_0.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/323/pll_1726-2020_0.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/324/pll_1739-2020_0.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/325/pll_1740-2020_0.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/326/pll_1744-2020_0.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/410/res_001-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/1188/res03-20.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/327/pem_1756-2020_0.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/1658/emendamod005-20.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/966/resolucao_003-20_000004.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/212/pl_1630-2020_0.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/213/pl_1631-2020_0.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/214/pl_1632-2020_0.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/215/pl_1633-2020_0.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/216/pl_1634-2020_0.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/217/pl_1635-2020_0.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/218/pl_1637-2020_0.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/219/pl_1638-2020_0.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/220/pl_1639-2020_0.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/221/pl_1640-2020_0.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/222/pl_1641-2020_0.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/223/pl_1642-2020_0.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/224/pl_1643-2020_0.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/225/pl_1644-2020_0.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/226/pl_1645-2020_0.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/227/pl_1646-2020_0.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/228/pl_1647-2020_0.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/229/pl_1648-2020_0.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/230/pl_1649-2020_0.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/231/pl_1650-2020_0.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/232/pl_1651-2020_0.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/233/pl_1652-2020_0.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/234/pl_1653-2020.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/235/pl_1654-2020_0.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/236/pl_1656-2020_0.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/237/pl_1657-2020_0.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/238/pl_1658-2020_0.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/239/pl_1659-2020_0.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/240/pl_1660-2020_0.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/241/pl_1661-2020_0.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/242/pl_1663-2020_0.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/243/pl_1664-2020_0.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/244/pl_1665-2020_0.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/245/pl_1670-2020_0.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/246/pl_1671-2020_0.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/247/pl_1672-2020_0.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/248/pl_1674-2020_0.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/249/pl_1675-2020_0.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/250/pl_1678-2020_0.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/251/pl_1679-2020_0.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/252/pl_1681-2020_0.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/253/pl_1682-2020_0.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/254/pl_1683-2020_0.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/255/pl_1684-2020_0.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/256/pl_1687-2020_0.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/257/pl_1688-2020_0.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/258/pl_1689-2020.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/259/pl_1690-2020.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/260/pl_1691-2020_0.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/261/pl_1692-2020_0.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/262/pl_1693-2020_0.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/263/pl_1694-2020_0.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/264/pl_1695-2020_0.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/265/pl_1696-2020_0.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/266/pl_1697-2020_0.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/267/pl_1699-2020_0.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/268/pl_1700-2020_0.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/269/pl_1701-2020_0.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/270/pl_1702-2020_0.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/271/pl_1703-2020_0.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/272/pl_1704-2020_0.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/273/pl_1705-2020_0.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/274/pl_1706-2020_0.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/275/pl_1707-2020_0.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/276/pl_1708-2020_0.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/277/pl_1710-2020_0.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/278/pl_1711-2020_0.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/279/pl_1712-2020_0.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/280/pl_1713-2020_0.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/281/pl_1714-2020_0.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/282/pl_1715-2020_0.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/283/pl_1716-2020_0.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/284/pl_1718-2020_0.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/285/pl_1719-2020_0.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/286/pl_1720-2020_0.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/287/pl_1721-2020_0.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/288/pl_1722-2020_0.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/289/pl_1723-2020_0.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/290/pl_1724-2020_0.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/291/pl_1725-2020_0.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/292/pl_1727-2020_0.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/293/pl_1728-2020_0.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/294/pl_1729-2020_0.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/295/pl_1730-2020_0.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/296/pl_1731-2020_0.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/297/pl_1732-2020_0.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/298/pl_1733-2020_0.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/299/pl_1734-2020_0.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/300/pl_1735-2020_0.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/301/pl_1737-2020_0.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/302/pl_1738-2020_0.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/303/pl_1741-2020_0.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/304/pl_1742-2020_0.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/305/pl_1743-2020_0.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/306/pl_1757-2020_0.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/307/pll_1636-2020_0.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/308/pll_1655-2020_0.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/309/pll_1662-2020_0.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/310/pll_1666-2020_0.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/311/pll_1667-2020_0.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/313/pll_1669-2020_0.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/314/pll_1673-2020_0.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/315/pll_1676-2020_0.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/316/pll_1677-2020_0.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/317/pll_1680-2020_0.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/318/pll_1685-2020_0.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/319/pll_1686-2020_0.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/320/pll_1698-2020_0.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/321/pll_1709-2020_0.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/322/pll_1717-2020_0.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/323/pll_1726-2020_0.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/324/pll_1739-2020_0.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/325/pll_1740-2020_0.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/326/pll_1744-2020_0.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/410/res_001-2020.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/1188/res03-20.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/327/pem_1756-2020_0.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/1658/emendamod005-20.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2020/966/resolucao_003-20_000004.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H120"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="167" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="112.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="111.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="252.140625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>