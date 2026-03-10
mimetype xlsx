--- v0 (2025-12-08)
+++ v1 (2026-03-10)
@@ -54,1485 +54,1485 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOEx</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>Jose Emmanoel Rodrigues Artemenko</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/658/pl_001-2022_-_executivo_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/658/pl_001-2022_-_executivo_0.pdf</t>
   </si>
   <si>
     <t>Abre crédito suplementar e especial no valor de R$542.401,87 ao orçamento Programa em Vigor, considerando a tendência de excesso de arrecadação do exercício.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/659/pl_002-2022_-_executivo_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/659/pl_002-2022_-_executivo_0.pdf</t>
   </si>
   <si>
     <t>Institui a criação do escritório de representação do municipio de Engenheiro Paulo de Frontin na Capital Federal do Brasil.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/660/pl_003-2022_-_executivo_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/660/pl_003-2022_-_executivo_0.pdf</t>
   </si>
   <si>
     <t>Ratifica a Lei Municipal nº 13.43/2019</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/661/pl_004-2022_-_executivo_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/661/pl_004-2022_-_executivo_0.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Especial por Superávit de exercício anterior do Fundo Municipal de assistência Social e dá outras providências.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/662/projeto_de_lei_005_poder_executivo.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/662/projeto_de_lei_005_poder_executivo.pdf</t>
   </si>
   <si>
     <t>Abertura de crédito especial no valor de R$ 3.000,000,00, para custeio de ações dentro do Programa de Promoção à Equidade.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/663/projeto_de_lei_006_executivo.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/663/projeto_de_lei_006_executivo.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito especial no valor de R$ 188.642,00 referentes a Emendas Parlamentares para estruturação de Unidades de Atenção Especializada.´</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/664/projeto_de_lei_007_-_ldo.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/664/projeto_de_lei_007_-_ldo.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIA PARA 2023 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/665/pl_008-2022_-_executivo_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/665/pl_008-2022_-_executivo_0.pdf</t>
   </si>
   <si>
     <t>Que visa sobre a criação de cargo de Medidor de Atividades Educacionais,  para atender a educação básica da rede municipal.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/666/projeto_de_lei-_mens_009.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/666/projeto_de_lei-_mens_009.pdf</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar ao orçamento vigente, no valor de R$ 81.722,15.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/667/projeto_de_lei-_mens_10.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/667/projeto_de_lei-_mens_10.pdf</t>
   </si>
   <si>
     <t>Que autoriza a abertura de crédito adicional suplementar ao vigente orçamento no valor de R$ 240.739,60.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/668/projeto_de_lei_-mens_11.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/668/projeto_de_lei_-mens_11.pdf</t>
   </si>
   <si>
     <t>Que autoriza a abertura de crédito adicional suplementar ao vigente orçamento no valor de R$ 3.595.800,23.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/669/projetob_de_lei-_mens_12.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/669/projetob_de_lei-_mens_12.pdf</t>
   </si>
   <si>
     <t>Que autoriza a abertura de crédito adicional suplementar ao vigente orçamento no valor de R$ 10.531.676,76</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/670/projeto_de_lei_013-22_executivo_000106.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/670/projeto_de_lei_013-22_executivo_000106.pdf</t>
   </si>
   <si>
     <t>Que institui o Plano de de cargos,  carreiras e remuneração dos servidores públicos do município e agente de saúde e c. pandemia.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/671/projeto_de_lei014-_executivo.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/671/projeto_de_lei014-_executivo.pdf</t>
   </si>
   <si>
     <t>Que visa sobre aprovação do Plano Municipal de Atenção a Primeira Infância.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/672/pl_015-2022_-_executivo_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/672/pl_015-2022_-_executivo_0.pdf</t>
   </si>
   <si>
     <t>Que visa sobre  alteração salarial dos recreacionistas deste município, bem como denomina a categoria como " Apoio a Docência". Conforme abaixo:</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/673/projeto_de_lei_016-22_executivo.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/673/projeto_de_lei_016-22_executivo.pdf</t>
   </si>
   <si>
     <t>Abertura de crédito adicional especial no valor de R$ 858.334,71, referente excesso de arrecadação da transparência do Fundo Nacional de assistência Social - FNAS.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/674/projeto_de_lei_013-22_executivo_000107.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/674/projeto_de_lei_013-22_executivo_000107.pdf</t>
   </si>
   <si>
     <t>Que visa sobre a criação de nível especial na tabela salarial os cargos  e salários dos servidores públicos deste poder executivo municipal.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/702/pl_018_000157.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/702/pl_018_000157.pdf</t>
   </si>
   <si>
     <t>Abertura de crédito especial, no valor de R$ 2.254.643,00 referente a ação de incremento Temporário ao Custeio dos Serviços de Atenção Primária em Saúde.</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/703/pl_019_000155.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/703/pl_019_000155.pdf</t>
   </si>
   <si>
     <t>Abertura de Crédito especial, no valor de R$ 320.322,00 referente a ação Incremento Temporário ao Custeio dos Serviços de Assistência Hospitalar e Ambulatorial da Média e Alta Complexidade.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/909/pl_023-024_de_2022_executivo_0001.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/909/pl_023-024_de_2022_executivo_0001.pdf</t>
   </si>
   <si>
     <t>"Regulamenta o sistema municipal de licenciamento ambiental e cria taxas referentes aos instrumentos de controle ambiental (licenças, autorizações, certidões e outros)"</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/908/projeto_de_lei_024_000185.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/908/projeto_de_lei_024_000185.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de crédito adicional especial ao orçamento vigente, no valor de R$2.859.682,00 (dois milhões, oitocentos e cinquenta e nove mil e seiscentos e oitenta e dois mil reais)"</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/910/pl_025_000189.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/910/pl_025_000189.pdf</t>
   </si>
   <si>
     <t>"Institui a Lei Geral dos Pequenos Negócios do município de Engenheiro Paulo de Frontin e dá outras providências."</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/911/pl_026-22_executivo_0001.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/911/pl_026-22_executivo_0001.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do Conselho Municipal da Juventude e do Fundo Municipal da Juventude."</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1701/pl_028-22_executivo_0001.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1701/pl_028-22_executivo_0001.pdf</t>
   </si>
   <si>
     <t>"Altera artigo 23 da Lei Municipal 1173/2015."</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/914/pl_030-22_executivo_0001.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/914/pl_030-22_executivo_0001.pdf</t>
   </si>
   <si>
     <t>"Altera e acrescenta dispositivos à Lei Municipal nº 1285 de 15 de junho de 2018 e dá outras providências."</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/915/pl_031-22_executivo_0001.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/915/pl_031-22_executivo_0001.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de crédito adicional especial ao orçamento vigente no valor de R$1.000.000,00 (um milhão de reais)."</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>PLOLG</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>JULIO CESAR SERENO</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/608/pl_leg_001-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/608/pl_leg_001-2022.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a proibição da queima e soltura de fogos de artificio e artefatos pirotécnicos que produzam poluição sonora e estampidos no Município de Engenheiro Paulo de Frontin.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/603/cci_000014.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/603/cci_000014.pdf</t>
   </si>
   <si>
     <t>Institui a divulgação da listagem dos medicamentos disponíveis e em falta na rede pública municipal de Saúde.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/604/cci_000015.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/604/cci_000015.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre vaga em creche para criança filha ou filho de mulher vitima de violência doméstica, de natureza física, sexual, moral, psicológica ou patrimonial, no município de Engenheiro Paulo de Frontin.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/605/cci_000016.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/605/cci_000016.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a publicação, na internet, da lista de espera dos pacientes que aguardam por consultas (discriminadas por especialidade), exames e intervenções cirúrgicas e outros procedimentos nos estabelecimentos da rede pública de saúde do município, e das outras providências.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/606/cci_000017.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/606/cci_000017.pdf</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/607/cci_000018.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/607/cci_000018.pdf</t>
   </si>
   <si>
     <t>Autoriza a entrada de agentes de endemias em imóveis abandonados, públicos ou privados, no Município de Engenheiro Paulo de Frontin, quando verificada situação de iminente perigo à saúde pública pela presença do mosquito transmissor dos vírus causadores da Dengue; da febre Chikungunya; e da Zika.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>JORGE VILELA</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/638/projeto_de_lei_007_vilela.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/638/projeto_de_lei_007_vilela.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DE REMOÇÃO DOS CABOS E FIAÇÃO AÉREA EXCEDENTES E SEM USO INSTALADO POR PRESTADORES DE SERVIÇOS QUE OPEREM NO MUNICIPIO E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/639/projeto_de_lei_008_vilela.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/639/projeto_de_lei_008_vilela.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DA PRESTAÇÃO DESOCORRO AOS ANIMAIS ATROPELADOS E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>ELIAS DE CASTRO CORREA</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/640/projeto_de_lei_009_elias.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/640/projeto_de_lei_009_elias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a execução do Hino Nacional e do Hino do Município de Engenheiro Paulo de Frontin, nas escolas municipais, conforme especificada</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/641/projeto_de_lei_010_elias.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/641/projeto_de_lei_010_elias.pdf</t>
   </si>
   <si>
     <t>permite a Criação de duas Vagas Exclusivas em Frente às Escolas Públicas e Privadas Destinadas ao Estacionamento de Veículos do Transporte Escolar.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/642/projeto_de_lei_011_elias.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/642/projeto_de_lei_011_elias.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o atendimento preferencial às pessoas com fibromialgia nos locais que especifica e dá outras providências.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/643/projeto_de_lei_012_elias.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/643/projeto_de_lei_012_elias.pdf</t>
   </si>
   <si>
     <t>Institui a campanha "Esporte Melhor Idade" no Município de Engenheiro Paulo de Frontin e da outras Providências</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/675/pl_013-2022_-_elias_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/675/pl_013-2022_-_elias_0.pdf</t>
   </si>
   <si>
     <t>Que autoriza o executivo a fornecer lanche aos pacientes do SUS que se deslocam para atendimento fora do município.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/676/ccf_000026.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/676/ccf_000026.pdf</t>
   </si>
   <si>
     <t>Cria o Programa Recupera, de recuperação e fortalecimento da Aprendizagem nas escolas de ensino fundamental da rede de ensino municipal.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/677/ccf_000025.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/677/ccf_000025.pdf</t>
   </si>
   <si>
     <t>Institui o dia municipal da Doação Voluntária de Sangue.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>ERNESTO LARÉ (Ernesto da CEDAE)</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/678/projeto_de_lei_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/678/projeto_de_lei_ernesto.pdf</t>
   </si>
   <si>
     <t>Assegura aos professores e aos demais funcionários da rede municipal de ensino, em efetivo exercício nas escolas a merenda escolar excedente e da outras providências.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/679/pl_017-2022_-_ernesto_0.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/679/pl_017-2022_-_ernesto_0.pdf</t>
   </si>
   <si>
     <t>Autoriza ao executivo a instituir o programa  de desconto do IPTU para imóveis que utilizam painéis de geração de energia solar, denominado IPTU Solar.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/704/pl_auxilio_aslimentacao_000158_1.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/704/pl_auxilio_aslimentacao_000158_1.pdf</t>
   </si>
   <si>
     <t>Institui o auxilio alimentação a ser concedido aos servidores públicos da Câmara Municipal de Engenheiro Paulo de Frontin, e da outras providências.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/750/pl_019_julio_cesar_000161.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/750/pl_019_julio_cesar_000161.pdf</t>
   </si>
   <si>
     <t>"Disciplina a aplicação de verba de gabinete em razão de atividade inerente ao exercício do mandato parlamentar no âmbito da Câmara Municipal."</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/751/pl_020_000160.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/751/pl_020_000160.pdf</t>
   </si>
   <si>
     <t>"Disciplina a aplicação de verba indenizatória em razão de deslocamentos de vereadores para fora do estado do Rio de Janeiro no âmbito da Câmara Municipal."</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>JEFERSON ADRIANO GOMES MOREIRA</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/752/pl_021-2022_jeferson_000170.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/752/pl_021-2022_jeferson_000170.pdf</t>
   </si>
   <si>
     <t>"Declara de utilidade pública a entidade Rotary Club de Engenheiro Paulo de Frontin."</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/756/pl_025-22_elias_000004.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/756/pl_025-22_elias_000004.pdf</t>
   </si>
   <si>
     <t>"Institui no âmbito do município de Engenheiro Paulo de Frontin o calendário oficial de eventos do município e determina outras providências."</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta do Legislativo de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/772/lei_organica_nova._000158.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/772/lei_organica_nova._000158.pdf</t>
   </si>
   <si>
     <t>"Revisão geral da lei orgânica do município de Engenheiro Paulo de Frontin."</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>ELIAS DE CASTRO CORREA, ERNESTO LARÉ (Ernesto da CEDAE), JORGE VILELA, JULIO CESAR SERENO, MOISES ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/591/cci_000002.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/591/cci_000002.pdf</t>
   </si>
   <si>
     <t>Solicita realização de Audiência Pública para discussão do tema: "Serviços de fornecimento de energia elétrica, pela empresa Light Serviços de Eletricidade SA.</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>ERNESTO LARÉ (Ernesto da CEDAE), JULIO CESAR SERENO</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/592/cci_000003.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/592/cci_000003.pdf</t>
   </si>
   <si>
     <t>Solicita Informações</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/611/ccf_000005.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/611/ccf_000005.pdf</t>
   </si>
   <si>
     <t>Solicita Informações.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/593/cci_000004.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/593/cci_000004.pdf</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/594/cci_000005.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/594/cci_000005.pdf</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>KAIO BALTHAZAR</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/595/cci_000006.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/595/cci_000006.pdf</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/596/cci_000007.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/596/cci_000007.pdf</t>
   </si>
   <si>
     <t>Solicita que seja convocada a Ilustríssima Senhora Alessandra Sarsedo lzidoro Viana, a fim de prestar esclarecimentos sobre a Coordenação da Subprefeitura</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/597/cci_000008.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/597/cci_000008.pdf</t>
   </si>
   <si>
     <t>Solicitar de Informação</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/598/cci_000009.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/598/cci_000009.pdf</t>
   </si>
   <si>
     <t>Solicitação de informação a respeito da parceria da Prefeitura do Município de Engenheiro Paulo de Frontin com o Clube Grêmio Osasco Audax Rio Esporte Clube</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/</t>
   </si>
   <si>
     <t>Solicita que seja convocado o Secretário Municipal de Governo Senhor Fábio Antônio de Oliveira</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/612/requerimento_011_kaio.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/612/requerimento_011_kaio.pdf</t>
   </si>
   <si>
     <t>Solicita informações</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/613/requerimento_012_kaio.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/613/requerimento_012_kaio.pdf</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/614/requerimenti_013_atual_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/614/requerimenti_013_atual_ernesto.pdf</t>
   </si>
   <si>
     <t>Solicita que seja convocada a Ilustrissima Subsecretária de Governo, à Senhora "Laís Lopes Dutra," para prestar os esclarecimentos abaixo especificados.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/615/requerimento_014_julio_e_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/615/requerimento_014_julio_e_ernesto.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS À MESA DIRETORA E OUVINDO O SOBERANO PLENÁRIO, QUE SEJA ENVIADO EXPEDIENTE AO EXCELENTÍSSIMO PREFEITO MUNICIPAL, SENHOR JOSÉ EMMANOEL RODRIGUES ARTEMENKO, REQUERENDO ESCLARECIMENTOS E INFORMAÇÕES A RESPEITO DO DECRETO N°194/2022, EXARADO PELO PODER EXECUTIVO, QUE TRATOU DO ESTADO DE EMERGÊNCIA, TEORICAMENTE ASSINADO NO DIA 23/02/2022, COM EFEITOS RETROATIVOS A 07/02/2022, MAS SOMENTE PUBLICADO EM 07/03/2022 (UM MÊS APÓS O FATO GERADOR).</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/645/requerimento_015-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/645/requerimento_015-2022.pdf</t>
   </si>
   <si>
     <t>Requerimento ao Prefeito Municipal, cópia integral do Processo Adm nº 4799/21, referente também a Tomada de Contas nº 001/22.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/646/requerimento_016-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/646/requerimento_016-2022.pdf</t>
   </si>
   <si>
     <t>Requerimento de Moção de Repúdio à Empresa Elétrica Light  S/A, pelos péssimos serviços prestados ao Município.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/647/requerimento_017-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/647/requerimento_017-2022.pdf</t>
   </si>
   <si>
     <t>Solicito ao Poder Executivo explicações sobre a falta de pagamento aos Profissionais do PMAQ da Atenção Básica</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/648/requerimento_18_000125-1.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/648/requerimento_18_000125-1.pdf</t>
   </si>
   <si>
     <t>Requerendo que seja enviado expediente ao Excelentíssimo Prefeito, requerendo esclarecimentos e informações a respeito da criação do fundo de previdência dos servidores Municipais.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>JULIO CESAR SERENO, ROSANGELA PASSOS, SANDRA GIL</t>
   </si>
   <si>
     <t>Solicita a empresa Viação Progresso para que informe a essa casa Legislativa o motivo da suspensão da linha que liga Paracambi x Morro Azul, vice versa.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/650/requerimento_020-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/650/requerimento_020-2022.pdf</t>
   </si>
   <si>
     <t>Requerimento esclarecimento e informações a respeito do CPROES no Município de Engenheiro Paulo de Frontin.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/651/requerimento_021-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/651/requerimento_021-2022.pdf</t>
   </si>
   <si>
     <t>Requerendo esclarecimento e informações a respeito do valor gasto com asfaltamento em alguns dos Bairros do Município no ano 2022.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/652/requerimento_022-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/652/requerimento_022-2022.pdf</t>
   </si>
   <si>
     <t>Aumento da frequência de horários de Ônibus na linha Morro Azul x Engenheiro Paulo de Frontin.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/653/requerimento_023-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/653/requerimento_023-2022.pdf</t>
   </si>
   <si>
     <t>Requer os devidos comprovantes bancários com data de  12/05/2022 devidamente neles descriminados.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/654/requerimento_024-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/654/requerimento_024-2022.pdf</t>
   </si>
   <si>
     <t>Solicitando o Edital do Concurso Público Municipal de 2012.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>MOISES ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/655/requerimento_025-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/655/requerimento_025-2022.pdf</t>
   </si>
   <si>
     <t>Convocando a presença do Procurador Geral do Município nesta Casa de Leis.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/656/requerimento_18_000125-2.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/656/requerimento_18_000125-2.pdf</t>
   </si>
   <si>
     <t>Requerendo respostas sobre as ações que estejam sendo adotadas perante um eventual recrudescimento da COVID-19, consoante pontuações a seguir.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/657/requerimento_027-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/657/requerimento_027-2022.pdf</t>
   </si>
   <si>
     <t>Requerendo que a Secretária Municipal de Saúde forneça a relação, por nome e valores de todos os adiantamentos de despesas e diárias concedidas no ano de 2022.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1717/requerimento_028_kaio_000138.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1717/requerimento_028_kaio_000138.pdf</t>
   </si>
   <si>
     <t>Cópia das últimas 3 notas fiscais de todos os fornecedores de_x000D_
 gênero alimentício para a Educação Municipal</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1718/requerimento_029_000148.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1718/requerimento_029_000148.pdf</t>
   </si>
   <si>
     <t>Se houve pagamento do Bolsa Atleta até pelo menos nos últimos oito meses; quais atletas foram beneficiados; quais critérios adotados para recebimento do beneficio supracitado; e qual valor do beneficio por atleta.</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1714/req30-22.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1714/req30-22.pdf</t>
   </si>
   <si>
     <t>Informação sobre o pagamento do auxilio alimentação dos_x000D_
 servidores da Prefeitura Municipal de Engenheiro Paulo de Frontin.</t>
   </si>
   <si>
     <t>1715</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1715/req31-22.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1715/req31-22.pdf</t>
   </si>
   <si>
     <t>AUMENTAR o número de vagas gerais da Creche Municipal da_x000D_
 Barreira, em especial AUMENTAR o número de vagas no berçário.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1721/requerimento034_000190.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1721/requerimento034_000190.pdf</t>
   </si>
   <si>
     <t>ESCLARECIMENTOS E INFORMAÇÕES A RESPEITO DO PROCESSO ADMINISTRATIVO N° 3.696/2021, PREGÃO PRESENCIAL n" 021/2021, PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA PARA PRESTAÇÃO DE SERVIÇOS DE AUDITORIA E ASSESSORIA TÉCNICA EM GESTÃO TRIBUTÁRIA.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1722/requerimento052_000188.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1722/requerimento052_000188.pdf</t>
   </si>
   <si>
     <t>Informações referentes aos festejos de comemoração dos 59 anos de emancipação de nosso município</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>EAD</t>
   </si>
   <si>
     <t>Emenda Aditiva</t>
   </si>
   <si>
     <t>ELIAS DE CASTRO CORREA, ERNESTO LARÉ (Ernesto da CEDAE), JEFERSON ADRIANO GOMES MOREIRA, JORGE VILELA, JULIO CESAR SERENO, MOISES ROCHA, ROSANGELA PASSOS, SANDRA GIL</t>
   </si>
   <si>
     <t>Acrescenta o parágrafo único ao Projeto de Lei nº 013/2022 de autoria do Executivo</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/697/emenda_aditiva_02-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/697/emenda_aditiva_02-2022.pdf</t>
   </si>
   <si>
     <t>Acrescenta o parágrafo único ao Projeto de Lei nº 013/2022 de autoria do executivo.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>EMM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/698/emenda_modificativa_003-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/698/emenda_modificativa_003-2022.pdf</t>
   </si>
   <si>
     <t>Alterar os artigos 17 da Menagem 013/2022 bem como o parágrafo 2º que passam a vigor da seguinte forma.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/599/cci_000010.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/599/cci_000010.pdf</t>
   </si>
   <si>
     <t>Colocação de quebra-molas</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/600/cci_000011.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/600/cci_000011.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a concessão do direito a um dia de folga anual, As servidoras públicas municipais e empregadas celetistas, para a realização de exames de controle de câncer</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/601/cci_000012.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/601/cci_000012.pdf</t>
   </si>
   <si>
     <t>disponibilize aos colaboradores da prefeitura municipal que trabalhem na limpeza urbana, meio ambiente e secretaria de obras todos os Equipamentos de Proteção Individual para que realizem seus serviços com segurança, bem como exigir que os prestadores de serviço da prefeitura também disponibilize a seus colaboradores</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/602/cci_000013.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/602/cci_000013.pdf</t>
   </si>
   <si>
     <t>ônibus de transporte universitário entre até o ponto de ônibus em Frente ao Posto de Saúde do Bairro de Palmas, tanto na ida, quanto na volta</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/610/ccf_000004.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/610/ccf_000004.pdf</t>
   </si>
   <si>
     <t>"Revitalização asfáltica e da calçada da Avenida Nossa Senhora de Fátima, no bairro Borracha."</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/609/indicacao_006.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/609/indicacao_006.pdf</t>
   </si>
   <si>
     <t>Reforma do Ginásio Poliesportivo Iracy Igayara, no bairro Aguada</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/616/indicacao_007_vilela.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/616/indicacao_007_vilela.pdf</t>
   </si>
   <si>
     <t>TROCA DE LÂMPADAS E MANUTENÇÃO NA ESTRADA VELHA NO 3° DISTRITO — MORRO AZUL</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/617/indicacao_008_elias.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/617/indicacao_008_elias.pdf</t>
   </si>
   <si>
     <t>Criação de Vagas exclusivas para Deficientes</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/618/indicacao_009_elias.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/618/indicacao_009_elias.pdf</t>
   </si>
   <si>
     <t>Colocação Placa de Proibido Parar e Estacionar</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/619/indicacao_010_julio.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/619/indicacao_010_julio.pdf</t>
   </si>
   <si>
     <t>Serviço de limpeza em Via Pública.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/620/indicacao_011_julio.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/620/indicacao_011_julio.pdf</t>
   </si>
   <si>
     <t>Prorrogação do prazo de Pagamento do IPTU</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/621/indicacao_012_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/621/indicacao_012_ernesto.pdf</t>
   </si>
   <si>
     <t>Troca de lâmpadas nos postes de iluminação pública da Rua Benjamim Aciole - Segundo Distrito Sacra Família do Tingua e Rua Santa Adélia - Terceiro Distrito Morro Azul do Tingua</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/622/indicacao_013_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/622/indicacao_013_ernesto.pdf</t>
   </si>
   <si>
     <t>Que sejam asfaltadas as Ruas Antônio Luciano e Cesar Lago, ambas no Terceiro Distrito Morro Azul</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/623/indicacao_014_moises.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/623/indicacao_014_moises.pdf</t>
   </si>
   <si>
     <t>Pavimentação Asfáltica.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/624/indicacao_015_moises.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/624/indicacao_015_moises.pdf</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/625/indicacao_016_vilela.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/625/indicacao_016_vilela.pdf</t>
   </si>
   <si>
     <t>ISOLAMENTO DA AREA E REPARO DO ESGOTO NO ESPAÇO FERRINI</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/626/indicacao_017_vilela.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/626/indicacao_017_vilela.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXMO SR. PREFEITO MUNICIPAL 0 RECAPEAMENTO ASFÁLTICO DA RUA ÁTILA PORTUGAL NO BAIRRO DO MORRO DO SOSSEGO</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/627/indicacao_018_vilela.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/627/indicacao_018_vilela.pdf</t>
   </si>
   <si>
     <t>SOLICITA AO EXMO SR. PREFEITO MUNICIPAL 0 RECAPEAMENTO ASFÁLTICA DA ESTRADA DO CAMPO NO BAIRRO DO ADRIANINO</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/628/indicacao_019-_elias.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/628/indicacao_019-_elias.pdf</t>
   </si>
   <si>
     <t>Que disponibilize um carro para atender a demanda da causa animal dentro do município.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/629/indicacao_020-_julio.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/629/indicacao_020-_julio.pdf</t>
   </si>
   <si>
     <t>Revitalização da Pavimentação Asfálticada</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/630/indicacao_021_elias.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/630/indicacao_021_elias.pdf</t>
   </si>
   <si>
     <t>Kit Páscoa</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/631/indicacao_022-_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/631/indicacao_022-_ernesto.pdf</t>
   </si>
   <si>
     <t>Que seja asfaltada a Rua José Bitencourt da Fonseca - 3º Distrito Morro Azul</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/632/indicacao_023-_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/632/indicacao_023-_ernesto.pdf</t>
   </si>
   <si>
     <t>Limpeza do córrego que fica na Avenida Maria Luiza - 2° Distrito Sacra Família do Tinguá</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/633/indicacao_024-_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/633/indicacao_024-_ernesto.pdf</t>
   </si>
   <si>
     <t>Poda nas árvores de toda a extensão da Rua Duvaldino Ferreira de Souza — Terceiro Distrito Morro Azul do Tinguá</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/634/indicacao_025-_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/634/indicacao_025-_ernesto.pdf</t>
   </si>
   <si>
     <t>Que seja realizada obra de reforma em todo o telhado da UBS do Terceiro Distrito de Morro Azul, neste Município</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/635/indicacao_026-_moises.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/635/indicacao_026-_moises.pdf</t>
   </si>
   <si>
     <t>Construção de uma Capela Mortuária com acessibilidade a todos os munícipes</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>ROSANGELA PASSOS</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/636/indicacao_027-_rosangela.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/636/indicacao_027-_rosangela.pdf</t>
   </si>
   <si>
     <t>Construção de uma Capela Mortuária com acessibilidade a todos os munícipes.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/637/indicacao_0028-2022_julio.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/637/indicacao_0028-2022_julio.pdf</t>
   </si>
   <si>
     <t>Retirada de carros abandonados no Bairro da Barreira</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/680/indicacao_029-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/680/indicacao_029-2022.pdf</t>
   </si>
   <si>
     <t>Religação de bebedouro da Rodoviária</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/681/indicacao_030-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/681/indicacao_030-2022.pdf</t>
   </si>
   <si>
     <t>Pavimentação Asfáltica</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/682/indicacao_031-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/682/indicacao_031-2022.pdf</t>
   </si>
   <si>
     <t>Liberação de 03 (três) vagas do Taxi, mais próximas do Centro Educacional Fluminense - CEF</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>SANDRA GIL</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/683/indicacao_032-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/683/indicacao_032-2022.pdf</t>
   </si>
   <si>
     <t>Construção de um banheiro público no segundo Distrito Sacra Família</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/684/indicacao_033-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/684/indicacao_033-2022.pdf</t>
   </si>
   <si>
     <t>Transporte de para os moradores de Palmas</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/685/indicacao_034-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/685/indicacao_034-2022.pdf</t>
   </si>
   <si>
     <t>Manutenção da Calha coletora de chuva</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/686/indicacao_035-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/686/indicacao_035-2022.pdf</t>
   </si>
   <si>
     <t>Manutenção da tela de proteção</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/687/indicacao_036-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/687/indicacao_036-2022.pdf</t>
   </si>
   <si>
     <t>Solicita o Exmo. Sr. prefeito Municipal a Implantação asfáltica da Avenida Antônio Maurício que liga o Bairro Grama x Palmas</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/688/indicacao_037-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/688/indicacao_037-2022.pdf</t>
   </si>
   <si>
     <t>Solicita serviços de pintura e pequena obra de adequação no estacionamento do Espaço Ferrine para facilitar a entrada e saída de veículos.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/689/indicacao_038-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/689/indicacao_038-2022.pdf</t>
   </si>
   <si>
     <t>Solicita instalação de Corrimão</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/690/indicacao_039-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/690/indicacao_039-2022.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção e iluminação do calçadão que liga Sacra Família a Morro Azul.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/691/indicacao_040-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/691/indicacao_040-2022.pdf</t>
   </si>
   <si>
     <t>Solicita a manutenção das calçadas para garantir acessibilidade</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/692/indicacao_041-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/692/indicacao_041-2022.pdf</t>
   </si>
   <si>
     <t>Troca de lâmpadas nos poste de iluminação pública na Estrada Bairro vermelho</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/693/indicacao_042-2022_01.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/693/indicacao_042-2022_01.pdf</t>
   </si>
   <si>
     <t>Que seja disponibilizado em caráter de urgência Soro antiofídico na clinica cidade verde 24hrs, que fica no segundo Distrito Morro Azul</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/694/indicacao_043-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/694/indicacao_043-2022.pdf</t>
   </si>
   <si>
     <t>Manutenção e asfaltamento - Alto do Chafre</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/695/indicacao_044-2022.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/695/indicacao_044-2022.pdf</t>
   </si>
   <si>
     <t>retirada de Entulhos e Ordenamento ao longo da Rua</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/700/requerimento_ernesto_045_000128.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/700/requerimento_ernesto_045_000128.pdf</t>
   </si>
   <si>
     <t>Construção de uma praça em Morro Azul.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/701/indicacao_046-2022_0_1.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/701/indicacao_046-2022_0_1.pdf</t>
   </si>
   <si>
     <t>Aquisição de Unidade Odontomóvel.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1698/indicacao_047_moises__000163.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1698/indicacao_047_moises__000163.pdf</t>
   </si>
   <si>
     <t>"Solicitação de acessibilidade à Câmara de Vereadores para cadeirantes via construção de rampa de acesso ou similar"</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1694/048_000174.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1694/048_000174.pdf</t>
   </si>
   <si>
     <t>"Manutenção de rua"</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1695/049_000175.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1695/049_000175.pdf</t>
   </si>
   <si>
     <t>"Colocação de sinalizadores."</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1696/050_000176.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1696/050_000176.pdf</t>
   </si>
   <si>
     <t>"Colocação de quebra-molas."</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1697/051_000178.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1697/051_000178.pdf</t>
   </si>
   <si>
     <t>"Melhorias e reparos na pavimentação asfáltica de Avenida Antônio Mauricio."</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1699/indicacao_053_000191.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1699/indicacao_053_000191.pdf</t>
   </si>
   <si>
     <t>"Melhorias e reparos na Rua Barro Vermelho."</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -1839,67 +1839,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/658/pl_001-2022_-_executivo_0.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/659/pl_002-2022_-_executivo_0.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/660/pl_003-2022_-_executivo_0.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/661/pl_004-2022_-_executivo_0.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/662/projeto_de_lei_005_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/663/projeto_de_lei_006_executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/664/projeto_de_lei_007_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/665/pl_008-2022_-_executivo_0.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/666/projeto_de_lei-_mens_009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/667/projeto_de_lei-_mens_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/668/projeto_de_lei_-mens_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/669/projetob_de_lei-_mens_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/670/projeto_de_lei_013-22_executivo_000106.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/671/projeto_de_lei014-_executivo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/672/pl_015-2022_-_executivo_0.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/673/projeto_de_lei_016-22_executivo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/674/projeto_de_lei_013-22_executivo_000107.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/702/pl_018_000157.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/703/pl_019_000155.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/909/pl_023-024_de_2022_executivo_0001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/908/projeto_de_lei_024_000185.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/910/pl_025_000189.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/911/pl_026-22_executivo_0001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1701/pl_028-22_executivo_0001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/914/pl_030-22_executivo_0001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/915/pl_031-22_executivo_0001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/608/pl_leg_001-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/603/cci_000014.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/604/cci_000015.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/605/cci_000016.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/606/cci_000017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/607/cci_000018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/638/projeto_de_lei_007_vilela.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/639/projeto_de_lei_008_vilela.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/640/projeto_de_lei_009_elias.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/641/projeto_de_lei_010_elias.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/642/projeto_de_lei_011_elias.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/643/projeto_de_lei_012_elias.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/675/pl_013-2022_-_elias_0.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/676/ccf_000026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/677/ccf_000025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/678/projeto_de_lei_ernesto.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/679/pl_017-2022_-_ernesto_0.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/704/pl_auxilio_aslimentacao_000158_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/750/pl_019_julio_cesar_000161.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/751/pl_020_000160.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/752/pl_021-2022_jeferson_000170.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/756/pl_025-22_elias_000004.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/772/lei_organica_nova._000158.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/591/cci_000002.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/592/cci_000003.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/611/ccf_000005.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/593/cci_000004.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/594/cci_000005.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/595/cci_000006.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/596/cci_000007.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/597/cci_000008.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/598/cci_000009.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/612/requerimento_011_kaio.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/613/requerimento_012_kaio.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/614/requerimenti_013_atual_ernesto.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/615/requerimento_014_julio_e_ernesto.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/645/requerimento_015-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/646/requerimento_016-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/647/requerimento_017-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/648/requerimento_18_000125-1.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/650/requerimento_020-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/651/requerimento_021-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/652/requerimento_022-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/653/requerimento_023-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/654/requerimento_024-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/655/requerimento_025-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/656/requerimento_18_000125-2.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/657/requerimento_027-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1717/requerimento_028_kaio_000138.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1718/requerimento_029_000148.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1714/req30-22.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1715/req31-22.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1721/requerimento034_000190.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1722/requerimento052_000188.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/697/emenda_aditiva_02-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/698/emenda_modificativa_003-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/599/cci_000010.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/600/cci_000011.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/601/cci_000012.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/602/cci_000013.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/610/ccf_000004.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/609/indicacao_006.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/616/indicacao_007_vilela.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/617/indicacao_008_elias.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/618/indicacao_009_elias.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/619/indicacao_010_julio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/620/indicacao_011_julio.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/621/indicacao_012_ernesto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/622/indicacao_013_ernesto.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/623/indicacao_014_moises.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/624/indicacao_015_moises.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/625/indicacao_016_vilela.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/626/indicacao_017_vilela.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/627/indicacao_018_vilela.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/628/indicacao_019-_elias.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/629/indicacao_020-_julio.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/630/indicacao_021_elias.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/631/indicacao_022-_ernesto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/632/indicacao_023-_ernesto.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/633/indicacao_024-_ernesto.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/634/indicacao_025-_ernesto.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/635/indicacao_026-_moises.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/636/indicacao_027-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/637/indicacao_0028-2022_julio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/680/indicacao_029-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/681/indicacao_030-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/682/indicacao_031-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/683/indicacao_032-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/684/indicacao_033-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/685/indicacao_034-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/686/indicacao_035-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/687/indicacao_036-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/688/indicacao_037-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/689/indicacao_038-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/690/indicacao_039-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/691/indicacao_040-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/692/indicacao_041-2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/693/indicacao_042-2022_01.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/694/indicacao_043-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/695/indicacao_044-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/700/requerimento_ernesto_045_000128.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/701/indicacao_046-2022_0_1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1698/indicacao_047_moises__000163.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1694/048_000174.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1695/049_000175.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1696/050_000176.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1697/051_000178.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1699/indicacao_053_000191.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/658/pl_001-2022_-_executivo_0.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/659/pl_002-2022_-_executivo_0.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/660/pl_003-2022_-_executivo_0.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/661/pl_004-2022_-_executivo_0.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/662/projeto_de_lei_005_poder_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/663/projeto_de_lei_006_executivo.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/664/projeto_de_lei_007_-_ldo.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/665/pl_008-2022_-_executivo_0.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/666/projeto_de_lei-_mens_009.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/667/projeto_de_lei-_mens_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/668/projeto_de_lei_-mens_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/669/projetob_de_lei-_mens_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/670/projeto_de_lei_013-22_executivo_000106.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/671/projeto_de_lei014-_executivo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/672/pl_015-2022_-_executivo_0.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/673/projeto_de_lei_016-22_executivo.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/674/projeto_de_lei_013-22_executivo_000107.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/702/pl_018_000157.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/703/pl_019_000155.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/909/pl_023-024_de_2022_executivo_0001.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/908/projeto_de_lei_024_000185.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/910/pl_025_000189.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/911/pl_026-22_executivo_0001.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1701/pl_028-22_executivo_0001.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/914/pl_030-22_executivo_0001.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/915/pl_031-22_executivo_0001.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/608/pl_leg_001-2022.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/603/cci_000014.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/604/cci_000015.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/605/cci_000016.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/606/cci_000017.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/607/cci_000018.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/638/projeto_de_lei_007_vilela.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/639/projeto_de_lei_008_vilela.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/640/projeto_de_lei_009_elias.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/641/projeto_de_lei_010_elias.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/642/projeto_de_lei_011_elias.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/643/projeto_de_lei_012_elias.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/675/pl_013-2022_-_elias_0.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/676/ccf_000026.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/677/ccf_000025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/678/projeto_de_lei_ernesto.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/679/pl_017-2022_-_ernesto_0.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/704/pl_auxilio_aslimentacao_000158_1.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/750/pl_019_julio_cesar_000161.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/751/pl_020_000160.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/752/pl_021-2022_jeferson_000170.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/756/pl_025-22_elias_000004.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/772/lei_organica_nova._000158.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/591/cci_000002.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/592/cci_000003.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/611/ccf_000005.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/593/cci_000004.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/594/cci_000005.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/595/cci_000006.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/596/cci_000007.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/597/cci_000008.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/598/cci_000009.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/612/requerimento_011_kaio.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/613/requerimento_012_kaio.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/614/requerimenti_013_atual_ernesto.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/615/requerimento_014_julio_e_ernesto.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/645/requerimento_015-2022.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/646/requerimento_016-2022.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/647/requerimento_017-2022.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/648/requerimento_18_000125-1.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/650/requerimento_020-2022.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/651/requerimento_021-2022.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/652/requerimento_022-2022.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/653/requerimento_023-2022.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/654/requerimento_024-2022.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/655/requerimento_025-2022.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/656/requerimento_18_000125-2.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/657/requerimento_027-2022.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1717/requerimento_028_kaio_000138.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1718/requerimento_029_000148.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1714/req30-22.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1715/req31-22.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1721/requerimento034_000190.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1722/requerimento052_000188.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/697/emenda_aditiva_02-2022.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/698/emenda_modificativa_003-2022.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/599/cci_000010.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/600/cci_000011.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/601/cci_000012.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/602/cci_000013.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/610/ccf_000004.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/609/indicacao_006.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/616/indicacao_007_vilela.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/617/indicacao_008_elias.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/618/indicacao_009_elias.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/619/indicacao_010_julio.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/620/indicacao_011_julio.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/621/indicacao_012_ernesto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/622/indicacao_013_ernesto.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/623/indicacao_014_moises.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/624/indicacao_015_moises.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/625/indicacao_016_vilela.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/626/indicacao_017_vilela.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/627/indicacao_018_vilela.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/628/indicacao_019-_elias.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/629/indicacao_020-_julio.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/630/indicacao_021_elias.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/631/indicacao_022-_ernesto.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/632/indicacao_023-_ernesto.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/633/indicacao_024-_ernesto.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/634/indicacao_025-_ernesto.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/635/indicacao_026-_moises.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/636/indicacao_027-_rosangela.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/637/indicacao_0028-2022_julio.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/680/indicacao_029-2022.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/681/indicacao_030-2022.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/682/indicacao_031-2022.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/683/indicacao_032-2022.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/684/indicacao_033-2022.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/685/indicacao_034-2022.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/686/indicacao_035-2022.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/687/indicacao_036-2022.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/688/indicacao_037-2022.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/689/indicacao_038-2022.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/690/indicacao_039-2022.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/691/indicacao_040-2022.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/692/indicacao_041-2022.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/693/indicacao_042-2022_01.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/694/indicacao_043-2022.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/695/indicacao_044-2022.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/700/requerimento_ernesto_045_000128.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/701/indicacao_046-2022_0_1.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1698/indicacao_047_moises__000163.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1694/048_000174.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1695/049_000175.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1696/050_000176.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1697/051_000178.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2022/1699/indicacao_053_000191.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H138"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="44.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="165.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="126.85546875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="126" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>