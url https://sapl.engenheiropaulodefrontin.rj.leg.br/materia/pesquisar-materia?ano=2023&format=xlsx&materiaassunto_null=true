--- v0 (2025-12-08)
+++ v1 (2026-03-13)
@@ -54,1252 +54,1252 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLOEx</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Executivo</t>
   </si>
   <si>
     <t>Jose Emmanoel Rodrigues Artemenko</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/709/pl_001-23_executivo_000012.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/709/pl_001-23_executivo_000012.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre crédito adicional especial no valor de R$495.500 (quatrocentos e noventa e cinco mil e quinhentos reais) e dá outras correlatas providências."</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/710/oficio_002-23_executivo.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/710/oficio_002-23_executivo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre crédito adicional especial no valor de R$1.560.000,00 (um milhão quinhentos e sessenta mil reais) e dá outras correlatas providências."</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/715/projeto_de_lei_004.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/715/projeto_de_lei_004.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a alteração da Lei 1435/2020 para o cargo temporário de Supervisor do Programa Feliz do município de Engenheiro Paulo de Frontin, e dá outras providências"</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/722/pl_005-23_executivo_000034.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/722/pl_005-23_executivo_000034.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre Crédito Adicional Especial no valor de R$497.130,03 (quatrocentos e noventa e sete mil e cento e trinta reais e três centavos) e dá outras correlatas providências."</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>Guilherme Teixeira Portugal</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/776/projeto_de_lei_011_2023_executivo.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/776/projeto_de_lei_011_2023_executivo.pdf</t>
   </si>
   <si>
     <t>"Autoriza a abertura de crédito adicional especial ao orçamento vigente."</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/778/pl_013-23_executivo_corrigido.pdf</t>
-[...2 lines deleted...]
-    <t>"Estima a receita e fixa a despesa para o exercício financeiro de 2024."</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/778/pl_013-23_executivo_corrigido.pdf</t>
+  </si>
+  <si>
+    <t>"Lei das Diretrizes Orçamentárias (LOA) - 2024."</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/</t>
   </si>
   <si>
     <t>"Dá nova redação ao parágrafo único do art. 14 da lei nº 1285 de 15 de junho de 2018."</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/780/projeto_de_lei_015-23_executivo.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/780/projeto_de_lei_015-23_executivo.pdf</t>
   </si>
   <si>
     <t>"Altera lei municipal 1624 de 15 de dezembro de 2022."</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/781/pl_016-23_executivo.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/781/pl_016-23_executivo.pdf</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/782/projeto_de_lei_017-23_executivo.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/782/projeto_de_lei_017-23_executivo.pdf</t>
   </si>
   <si>
     <t>"Altera art. 25 da lei municipal nº 1173/2015."</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/786/pl_018-23_executivo.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/786/pl_018-23_executivo.pdf</t>
   </si>
   <si>
     <t>" Autoriza a abertura de crédito adicional especial ao orçamento vigente no valor de R$221.275,00 (duzentos e vinte e um mil e duzentos e setenta e cinco reais)."</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional especial ao orçamento vigente no valor de R$ 1.300.000,00</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Denomina as salas da Estação Ferroviária, do Município de Engenheiro Paulo de Frontin</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/916/pl_022-23_executivo.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/916/pl_022-23_executivo.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a criação do Vale Feira, para os servidores públicos ativos municipais."</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>PLOLG</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo</t>
   </si>
   <si>
     <t>JULIO CESAR SERENO</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/725/projeto_de_indicacao_001-2023_julio.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/725/projeto_de_indicacao_001-2023_julio.pdf</t>
   </si>
   <si>
     <t>"Dispõe sobre a autorização da criação do Fundo Municipal dos Direitos da Pessoa com Deficiência e dá outras providências."</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>KAIO BALTHAZAR</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/829/projeto_de_lei_no_004-23_kaio.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/829/projeto_de_lei_no_004-23_kaio.pdf</t>
   </si>
   <si>
     <t>"Institui o Colar de Girassol no âmbito municipal e dá outras providências."</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>JORGE VILELA</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/830/projeto_de_lei_no_005-23_jorge_vilela.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/830/projeto_de_lei_no_005-23_jorge_vilela.pdf</t>
   </si>
   <si>
     <t>"Concede a revisão anual dos servidores da Câmara Municipal de Engenheiro Paulo de Frontin."</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/831/projeto_de_lei_no_006-23_jorge_vilela.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/831/projeto_de_lei_no_006-23_jorge_vilela.pdf</t>
   </si>
   <si>
     <t>"Concede a revisão geral anual dos subsídios dos vereadores e do presidente da Câmara Municipal de Engenheiro Paulo de Frontin."</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/832/projeto_de_lei_no_007-23_jorge_vilela.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/832/projeto_de_lei_no_007-23_jorge_vilela.pdf</t>
   </si>
   <si>
     <t>"Autoriza a regulamentar a Lei Federal nº 14.434, de 04 de agosto de 2022 e da Emenda Constitucional nº 127/2022, que estabeleceu a competência da UNIÃO para prestar Assistência Financeira Complementar ao município dos recursos necessários à complementação do piso nacional para o enfermeiro, o técnico de enfermagem, o auxiliar de enfermagem e a parteira."</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>Dá denominação à Lagradouro Público- Rua Monte Alegre, Sacra Família - 2º Distrito.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
     <t>PRESO</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1707/projeto_de_resolucao_005-23.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1707/projeto_de_resolucao_005-23.pdf</t>
   </si>
   <si>
     <t>Regulamenta a Lei nº 14.133, de 01 de abril de 2021, que Dispõe sobre Licitações e Contratos Administrativos, no âmbito do Poder Legislativo do Município de Engenheiro Paulo de Frontin.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/719/requerimento_007.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/719/requerimento_007.pdf</t>
   </si>
   <si>
     <t>"Requerendo esclarecimentos e informações a respeito do processo de adesão externa nº003/2023, firmado com Liberty Comércio de Equipamentos e Serviços Eireli."</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/730/requerimento_008-23_julio_000048.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/730/requerimento_008-23_julio_000048.pdf</t>
   </si>
   <si>
     <t>"REQUEREMOS À MESA DIRETORA E OUVIDO O SOBERANO PLENÁRIO, QUE SEJA ENVIADO EXPEDIENTE AO EXCELENTÍSSIMO PREFEITO MUNICIPAL, SENHOR JOSÉ EMMANOEL RODRIGUES ARTEMENKO, REQUERENDO ESCLARECIMENTOS E INFORMAÇÕES A RESPEITO DO PROCESSO ADMINISTRATIVO Nº 4.086/2022, PREGÃO PRESENCIAL nº 019/2022, PARA CONTRATAÇÃO DE EMPRESA ESPECIALIZADA NO FORNECIMENTO DE CESTA DE PÁSCOA PARA OS ALUNOS DA REDE PÚBLICA."</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/737/requerimento_014-23_julio_000087.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/737/requerimento_014-23_julio_000087.pdf</t>
   </si>
   <si>
     <t>"Requeremos à mesa diretora e ouvido o soberano plenário, que seja enviado expediente ao Exmo. Prefeito Municipal em exercício, Sr. Guilherme Teixeira Portugal, requerendo esclarecimentos e informações a respeito da criação do fundo de previdência dos servidores municipais deste ente federativo."</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>ERNESTO LARÉ (Ernesto da CEDAE)</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/742/requerimento_016-23_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/742/requerimento_016-23_ernesto.pdf</t>
   </si>
   <si>
     <t>"Solicita informações sobre exames realizados pela rede municipal de saúde."</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/743/requerimento_017-23_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/743/requerimento_017-23_ernesto.pdf</t>
   </si>
   <si>
     <t>"Solicita de informações a rede pública municipal de ensino, sobre violência sofrida por alunos."</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/744/requerimento_018-23_julio.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/744/requerimento_018-23_julio.pdf</t>
   </si>
   <si>
     <t>"Solicita informações ao IBGE sobre retirada de localidades no censo demográfico."</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
     <t>"Solicita do Programa Ambiente Jovem"</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/764/requerimento_024_julio_000145.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/764/requerimento_024_julio_000145.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS À MESA DIRETORA E OUVIDO O SOBERANO PLENÁRIO, QUE SEJA ENVIADO EXPEDIENTE AO EXCELENTÍSSIMO PREFEITO EM EXERCÍCIO, SR. GUILHERME TEIXEIRA PORTUGAL, PARA QUE PRESTE INFORMAÇÕES A RESPEITO DA LICITAÇÃO RECENTE PARA PROVEDOR DE INTERNET, COM CÓPIA CAPA A CAPA DO REFERIDO PROCESSO ADMINISTRATIVO LICITATÓRIO.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/765/requerimento_025_julio_000144.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/765/requerimento_025_julio_000144.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS A MESA DIRETORA E OUVIDO O SOBERANO PLENÁRIO, QUE SEJA ENVIADO EXPEDIENTE AO EXCELENTÍSSIMO PREFEITO EM EXERCÍCIO, SR. GUILHERME TEIXEIRA PORTUGAL, PARA QUE PRESTE INFORMAÇÕES A RESPEITO DO CANCELAMENTO DO CONTRATO COM A EMPRESA FORNECEDORA DE GÊNEROS ALIMENTÍCIOS DA SECRETARIA DE EDUCAÇÃO E SOBRE PROCEDIMENTOS ADOTADOS PARA SUBSTITUIÇÃO DA MESMA, COM A CÓPIA DE INTEIRO TEOR DE TODOS OS PROCESSOS ADMINISTRATIVOS PERTINENTES AO CASO.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/766/requerimento_026_julio_000143.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/766/requerimento_026_julio_000143.pdf</t>
   </si>
   <si>
     <t>REQUEREMOS A MESA DIRETORA E OUVIDO O SOBERAN PLENÁRIO, QUE SEJA ENVIADO EXPEDIENTE A EXCELENTÍSSIMO PREFEITO EM EXERCÍCIO, SR. GUILHERM TEIXEIRA PORTUGAL, PARA QUE PRESTE INFORMAÇÕES RESPEITO DO CONTRATO PARA FORNECIMENTO D COMBUSTÍVEIS FORMALIZADO PELA PREFEITURA, COM POSTO MENDENSE E COM A CÓPIA DE INTEIRO TEOR DE TODO OS PROCESSOS ADMINISTRATIVOS PERTINENTES AO CASO.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/767/requerimento_27_julio_000150.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/767/requerimento_27_julio_000150.pdf</t>
   </si>
   <si>
     <t>"REQUEREMOS A MESA DIRETORA E OUVIDO O SOBERANO PLENÁRIO, QUE SEJA ENVIADO EXPEDIENTE AO EXCELENTÍSSIMO PREFEITO EM EXERCÍCIO, SR. GUILHERME TEIXEIRA PORTUGAL, PARA QUE ESTE INFORME QUAL SECRETÁRIA OU ÓRGÃO MUNICIPAL ESTÁ RESPONSÁVEL PELA SAÚDE ANIMAL."</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/771/requerimento_28_julio_000149.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/771/requerimento_28_julio_000149.pdf</t>
   </si>
   <si>
     <t>"Requeremos à mesa diretora e ouvido o soberano plenário, que seja enviado expediente ao excelentíssimo prefeito em exercício Guilherme Teixeira Portugal, para que preste informações, elencando todas as emendas parlamentares que redundaram efetivamente em entrada de recursos para o município nas áreas da saúde e da educação, desde janeiro de 2021."</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/774/requerimento_029-23_julio.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/774/requerimento_029-23_julio.pdf</t>
   </si>
   <si>
     <t>"Requeremos à mesa diretora e ouvido o soberano plenário, que seja enviado expediente ao excelentíssimo prefeito em exercício, sr. Guilherme Teixeira Portugal, para que preste informações a respeito da utilização do carro oficial (placa KWQ5G58) sendo utilizado diariamente, inclusive nos finais de semana e feriados pelo secretário municipal de fazenda, sr. Pedro Luiz de Castro Carvalho Neto; e qual o motivo de estar sendo utilizado para levar e trazer o referido secretário entre sua residência em outro município e este município de Engº Paulo de Frontin, em claro desvio de finalidade."</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1719/requerimento_030-30_kaio.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1719/requerimento_030-30_kaio.pdf</t>
   </si>
   <si>
     <t>Cópia integral(capa a capa) do processo n°1628/2022, ATA Registro de preço n°041/2023, cujo o objeto é a Construção de 30 Abrigos de Ônibus para Atendimento as Eventuais Necessidades da Secretaria Municipal de Obras, cujo o valor Global da ATA é de R$999.949,80(novecentos e noventa e nove mil, novecentos e_x000D_
 quarenta e nove reais e oitenta centavos).</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1723/rquerimento_032_kaio.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1723/rquerimento_032_kaio.pdf</t>
   </si>
   <si>
     <t>Contemple nosso município ainda neste mês de dezembro com o Projeto Cine Tela, que é uma sessão de cinema que contemple a_x000D_
 sociedade neste fim de ano com filmes do cinema nacional.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1720/requerimento_no_033-23_kaio.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1720/requerimento_no_033-23_kaio.pdf</t>
   </si>
   <si>
     <t>Cópia integral do processo administrativo: 1454/2022, extrato de_x000D_
 instrumento contratual 008/2023 com o Instrumento: Contratação de Empresa Especializada para Locação de Equipamento de Imagem no valor de R$ 2.544.000,00( Dois milhões quinhentos e_x000D_
 quarenta e quatro mil reais), que a data de assinatura em 09 de Maio de 2023.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>EMM</t>
   </si>
   <si>
     <t>Emenda Modificativa</t>
   </si>
   <si>
     <t>Altera o quadro de detalhamento de despesa do poder Executivo ao Projeto de Lei Orçamentária Anual- PLOA 13/23.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/849/projeto_de_emenda_modificativa__no_002-23_kaio.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/849/projeto_de_emenda_modificativa__no_002-23_kaio.pdf</t>
   </si>
   <si>
     <t>Modifica o Inciso I do parágrafo 4º, que passa a vigorar coma seguinte redação.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
     <t>Modifica o inciso I do parágrafo 4º, que passa a ter limite de 50% do total fixado para despesas autorização, digo, autorizadas por Lei para 2024.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>Modifica o Inciso I do parágrafo 4º que passa a vigorar com a seguinte redação (7%).</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>ESP</t>
   </si>
   <si>
     <t>Emenda Supressiva</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1703/projeto_de_emenda_supressiva__no_001-23_kaio.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1703/projeto_de_emenda_supressiva__no_001-23_kaio.pdf</t>
   </si>
   <si>
     <t>Suprime o inciso Il do artigo 4° do projeto de lei 013/2023</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/705/indicacao_001-23_julio_000009.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/705/indicacao_001-23_julio_000009.pdf</t>
   </si>
   <si>
     <t>"Construção da quadra de Esporte e Lazer no bairro Túnel 11"</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/706/indicacao_002-23_julio_000010.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/706/indicacao_002-23_julio_000010.pdf</t>
   </si>
   <si>
     <t>"Melhorias no bairro Túnel 11"</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/707/indicacao_003-23_ernesto_000005.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/707/indicacao_003-23_ernesto_000005.pdf</t>
   </si>
   <si>
     <t>"Recapeamento asfáltico e retirada de entulhos da Rua Novaes, em Morro Azul do Tinguá - 3º distrito”</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/708/indicacao_004-23_ernesto_000007.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/708/indicacao_004-23_ernesto_000007.pdf</t>
   </si>
   <si>
     <t>" Retirada de entulhos na Rua A, Santa Isabel no Morro da Diva, em Morro Azul - 3º distrito”</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/720/indicacao_005-23_000030.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/720/indicacao_005-23_000030.pdf</t>
   </si>
   <si>
     <t>"Conserto de murado próximo ao ponto de ônibus na Praça Celso Caneira em Sacra Família do Tinguá - 2º Distrito."</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/728/indicacao_ernesto_008_23.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/728/indicacao_ernesto_008_23.pdf</t>
   </si>
   <si>
     <t>"Troca de lâmpada nos postes de iluminação pública da Rua Edmundo Lima, referência (Rua do Funil), Morro do Sossego."</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/729/indicacao_ernesto_009_23.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/729/indicacao_ernesto_009_23.pdf</t>
   </si>
   <si>
     <t>"Retirada de barreira caída na Estrada Morro Azul, próximo ao nº 4801 - 3º distrito."</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/739/indicacao_010-23_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/739/indicacao_010-23_ernesto.pdf</t>
   </si>
   <si>
     <t>"Poda de árvore em Morro Azul do Tinguá - 3º Distrito."</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/740/indicacao_011-23_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/740/indicacao_011-23_ernesto.pdf</t>
   </si>
   <si>
     <t>"Recolocação de quebra-molas no bairro Arraial do Sapo."</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/741/indicacao_012-23_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/741/indicacao_012-23_ernesto.pdf</t>
   </si>
   <si>
     <t>"Que seja feito o recapeamento asfáltico nas Ruas A e B, no Morro da Diva, 3º distrito em Morro Azul, neste município."</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/749/indicacao_013-23_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/749/indicacao_013-23_ernesto.pdf</t>
   </si>
   <si>
     <t>"Desassoreamento de um rio localizado na Estrada de Ferreiros, Morro Azul - 3º Distrito."</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/757/indicacao_014-23_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/757/indicacao_014-23_ernesto.pdf</t>
   </si>
   <si>
     <t>" Recolocação de manilha na Estrada Velha, em Morro Azul, 3º Distrito."</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/758/indicacao_015-23_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/758/indicacao_015-23_ernesto.pdf</t>
   </si>
   <si>
     <t>"Construção dos banheiros e recolocação de iluminação na quadra de Palmas."</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/759/indicacao_julio_016.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/759/indicacao_julio_016.pdf</t>
   </si>
   <si>
     <t>"Prorrogação do prazo de Pagamento do IPTU."</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/763/indicacao_018-23_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/763/indicacao_018-23_ernesto.pdf</t>
   </si>
   <si>
     <t>"Solicita reforma na Capela Mortuária de Sacra Família do Tinguá - 2º Distrito."</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>SANDRA GIL</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/770/indicacao_019-23_sandra.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/770/indicacao_019-23_sandra.pdf</t>
   </si>
   <si>
     <t>"Refazer o toldo de chegada da Clínica 24h, em Morro Azul - 3º Distrito."</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/783/indicacao_021-23_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/783/indicacao_021-23_ernesto.pdf</t>
   </si>
   <si>
     <t>"Recolocação de braço de luz na Rua Coelho Azul, em Morro Azul - 3º distrito."</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/784/indicacao_022-23_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/784/indicacao_022-23_ernesto.pdf</t>
   </si>
   <si>
     <t>"Retirada, poda de árvore podre e restauração do fio de alta tensão na Rua Duvaldino Ferreira de Souza, em frente ao sítio 14 de maio, em Morro Azul do Tinguá - 3º distrito."</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/785/indicacao_023-23_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/785/indicacao_023-23_ernesto.pdf</t>
   </si>
   <si>
     <t>"Alargar a Rua Nossa Senhora de Fátima, no Centro de Morro Azul - 3º distrito."</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/788/indicacao_024-23_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/788/indicacao_024-23_ernesto.pdf</t>
   </si>
   <si>
     <t>"Retirada de entulhos e melhorias no calçamento do local onde jogam o lixo na Rua Carlos Gramático, Morro do Sossego."</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>SANDRO FERREIRA (Deca)</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/790/indicacao_026-2023_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/790/indicacao_026-2023_sandro.pdf</t>
   </si>
   <si>
     <t>"Melhorias no bairro Palmeiras da Serra."</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/791/indicacao_027-2023_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/791/indicacao_027-2023_sandro.pdf</t>
   </si>
   <si>
     <t>"Operação tapa buracos no bairro da Borracha."</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/795/indicacao_031-23_jorge_vilela.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/795/indicacao_031-23_jorge_vilela.pdf</t>
   </si>
   <si>
     <t>"Colocação de braços de luz elétricas e lâmpadas, localizado na Rua Áurea dos Santos Lavinas, no 3º Distrito em Morro Azul."</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/796/indicacao_033-2023_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/796/indicacao_033-2023_sandro.pdf</t>
   </si>
   <si>
     <t>"Recapeamento asfáltico da Rua Celso Garcia, no bairro de Palmas."</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/798/indicacao_036-2023_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/798/indicacao_036-2023_sandro.pdf</t>
   </si>
   <si>
     <t>"Restauração e tapa buraco da Estrada Imperial, bairro Graminha."</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/799/indicacao_037-2023_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/799/indicacao_037-2023_sandro.pdf</t>
   </si>
   <si>
     <t>"Restauração da Rua João Cordeiro da Costa Silva, bairro Graminha."</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/800/indicacao_038-2023_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/800/indicacao_038-2023_sandro.pdf</t>
   </si>
   <si>
     <t>"Restauração da Rua do Banco, no bairro Sacra Família do Tinguá - 2º Distrito."</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/801/indicacao_039-2023_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/801/indicacao_039-2023_sandro.pdf</t>
   </si>
   <si>
     <t>"Restauração da Rua Tororó, no bairro Sacra Família do Tinguá - 2º Distrito."</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/802/indicacao_040-2023_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/802/indicacao_040-2023_sandro.pdf</t>
   </si>
   <si>
     <t>"Recapeamento da Rua Benjamin Acioly, bairro Sacra Família do Tinguá - 2º Distrito."</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/803/indicacao_042-2023_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/803/indicacao_042-2023_sandro.pdf</t>
   </si>
   <si>
     <t>"Restauração da Rua das Magnólias, bairro Sacra Família do Tinguá - 2º Distrito."</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/804/indicacao_043-2023_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/804/indicacao_043-2023_sandro.pdf</t>
   </si>
   <si>
     <t>"Restauração da Rua José Menezes, bairro Sacra Família do Tinguá - 2º Distrito."</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/805/indicacao_044-2023_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/805/indicacao_044-2023_sandro.pdf</t>
   </si>
   <si>
     <t>"Restauração da Rua Távola Oval, bairro Sacra Família do Tinguá - 2º Distrito."</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/806/indicacao_045-2023_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/806/indicacao_045-2023_sandro.pdf</t>
   </si>
   <si>
     <t>"Recapeamento asfáltico da Rua Sebastião Pereira Vendas, bairro Morro Azul do Tinguá - 3º Distrito."</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/807/indicacao_046-2023_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/807/indicacao_046-2023_sandro.pdf</t>
   </si>
   <si>
     <t>"Recapeamento asfáltico na Estrada do Bonfim, bairro Morro Azul do Tinguá - 3º Distrito."</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/808/indicacao_047-2023_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/808/indicacao_047-2023_sandro.pdf</t>
   </si>
   <si>
     <t>"Restauração e instalação de canaletas e bueiros na Rua Pau Ferro, no bairro de Morro Azul do Tinguá - 3º Distrito."</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/809/indicacao_no_048-23_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/809/indicacao_no_048-23_sandro.pdf</t>
   </si>
   <si>
     <t>"Restauração e instalação de canaletas e bueiros da Rua São Brás, em Morro Azul do Tinguá - 3º Distrito."</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/810/indicacao_no_049-23_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/810/indicacao_no_049-23_sandro.pdf</t>
   </si>
   <si>
     <t>"Restauração e instalação de canaletas e bueiros da Rua São Jorge, em Morro Azul do Tinguá - 3º Distrito."</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/811/indicacao_no_050-23_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/811/indicacao_no_050-23_sandro.pdf</t>
   </si>
   <si>
     <t>"Recapeamento asfáltico na Estrada Velha, em Morro Azul do Tinguá - 3º Distrito."</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/812/indicacao_051_sandro_ferreira_000244.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/812/indicacao_051_sandro_ferreira_000244.pdf</t>
   </si>
   <si>
     <t>"Restauração e instalação de bueiros na Estrada Invernada, em Morro Azul do Tinguá - 3º Distrito."</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/813/indicacao_052_sandro_ferreira_000246.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/813/indicacao_052_sandro_ferreira_000246.pdf</t>
   </si>
   <si>
     <t>"Restauração e instalação de bueiros e canaletas na Rua Coelho Azul, em Morro Azul do Tinguá - 3º Distrito."</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/814/indicacao_053_sandro_ferreira_000247.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/814/indicacao_053_sandro_ferreira_000247.pdf</t>
   </si>
   <si>
     <t>"Restauração e instalação de bueiros na Rua Felisbina Barros, em Morro Azul do Tinguá - 3º Distrito."</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/815/indicacao_no_054-23_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/815/indicacao_no_054-23_sandro.pdf</t>
   </si>
   <si>
     <t>"Restauração e instalação de bueiros na Rua Antônio Luciano, em Morro Azul do Tinguá - 3º Distrito."</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/816/indicacao_no_055-23_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/816/indicacao_no_055-23_sandro.pdf</t>
   </si>
   <si>
     <t>"Restauração da Rua Manoel Dias Carvalho, em Morro Azul do Tinguá - 3º Distrito."</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/817/indicacao_no_056-23_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/817/indicacao_no_056-23_sandro.pdf</t>
   </si>
   <si>
     <t>"Restauração da Estrada Barro Vermelho, em Morro Azul do Tinguá - 3º Distrito."</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/818/indicacao_no_057-23_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/818/indicacao_no_057-23_sandro.pdf</t>
   </si>
   <si>
     <t>"Restauração da Avenida Maria Luiza (Aprendizado), em Morro Azul do Tinguá."</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/819/indicacao_no_058-23_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/819/indicacao_no_058-23_sandro.pdf</t>
   </si>
   <si>
     <t>"Recapeamento asfáltico na Rua Manoel Pedro Gonçalves (Rua dos Velhacos), em Morro Azul do Tinguá - 3º Distrito."</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/820/indicacao_no_059-23_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/820/indicacao_no_059-23_sandro.pdf</t>
   </si>
   <si>
     <t>"Restauração da Rua Manoel Gonçalves (Estrada de Ferreiros), em Morro Azul do Tinguá - 3º DIstrito."</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/821/indicacao_no_060-23_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/821/indicacao_no_060-23_sandro.pdf</t>
   </si>
   <si>
     <t>"Construção de calçadas em todos os bairros de Sacra Família - 2º Distrito e em Morro Azul - 3º Distrito."</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/822/indicacao_no_061-23_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/822/indicacao_no_061-23_sandro.pdf</t>
   </si>
   <si>
     <t>"Restauração da Estrada F, no bairro Palmeiras da Serra."</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>"Restauração da Estrada da Lagoinha, no bairro Palmeiras da Serra."</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/824/indicacao_no_063-23_sandro.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/824/indicacao_no_063-23_sandro.pdf</t>
   </si>
   <si>
     <t>"Restauração da Estrada da Saibreira, no bairro Palmeiras da Serra."</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/825/indicacao_064-23_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/825/indicacao_064-23_ernesto.pdf</t>
   </si>
   <si>
     <t>"Limpeza urbana e providenciar novos latões de lixo na Rua Olímpio Nunes, no bairro São Lourenço."</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/826/indicacao_071-23_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/826/indicacao_071-23_ernesto.pdf</t>
   </si>
   <si>
     <t>"Restauração das ruas das casas populares de Sacra Família do Tinguá - 2º Distrito."</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/827/indicacao_072-23_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/827/indicacao_072-23_ernesto.pdf</t>
   </si>
   <si>
     <t>"Construção de uma praça."</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/828/indicacao_073-23_ernesto.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/828/indicacao_073-23_ernesto.pdf</t>
   </si>
   <si>
     <t>"Retirada de entulho e ordenamento ao longo da Rua Dário Batista Goulart, em Sacra Família do Tinguá - 2º Distrito."</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
     <t>"Limpeza do Rio  que corta pelo Centro e pelas casas populares de Morro Azul  do Tinguá - 3º Distrito."</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
     <t>"Reforma do PSF do Centro, no bairro Arraial do Sapo."</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
     <t>"Que seja disponibilizado em caráter de urgência soro antiofídico na Clínica Cidade Verde 24h, que fica em Morro Azul do Tinguá - 3º Distrito."</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/837/indicacao_77-_ernesto_000008.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/837/indicacao_77-_ernesto_000008.pdf</t>
   </si>
   <si>
     <t>"Asfaltamento da Rua Cesar Lago, em Morro Azul do Tinguá - 3º Distrito."</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/838/indicacao_78-_ernesto_000010.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/838/indicacao_78-_ernesto_000010.pdf</t>
   </si>
   <si>
     <t>"Recapeamento da Rua Messias Baptista Goulart, em Morro Azul do Tinguá - 3º Distrito."</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>MOISES ROCHA</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/839/indicacao_079-23_moises.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/839/indicacao_079-23_moises.pdf</t>
   </si>
   <si>
     <t>"Construção de pontos de ônibus RJ 127, Bairro São Lourenço, ao lado da delegacia, digo, em frene ao nº 22.124."</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/840/indicacao_080-23_moises.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/840/indicacao_080-23_moises.pdf</t>
   </si>
   <si>
     <t>"Construção de uma pracinha RJ, no Bairro São Lourenço, próxima a Delegacia."</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/841/indicacao_081-23_moises.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/841/indicacao_081-23_moises.pdf</t>
   </si>
   <si>
     <t>"Pintura de faixa de pedestre na RJ 127, no Bairro Ramalho."</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/842/indicacao_082-23_moises.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/842/indicacao_082-23_moises.pdf</t>
   </si>
   <si>
     <t>"Pintura de faixa de pedestre no bairro Ramalho."</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/843/indicacao_083-23_moises.pdf</t>
+    <t>http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/843/indicacao_083-23_moises.pdf</t>
   </si>
   <si>
     <t>"Pintura de faixas de pedestres, no bairro São Lourenço."</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>Instalação de poste, rede elétrica e luz</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -1615,67 +1615,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/709/pl_001-23_executivo_000012.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/710/oficio_002-23_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/715/projeto_de_lei_004.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/722/pl_005-23_executivo_000034.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/776/projeto_de_lei_011_2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/778/pl_013-23_executivo_corrigido.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/780/projeto_de_lei_015-23_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/781/pl_016-23_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/782/projeto_de_lei_017-23_executivo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/786/pl_018-23_executivo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/916/pl_022-23_executivo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/725/projeto_de_indicacao_001-2023_julio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/829/projeto_de_lei_no_004-23_kaio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/830/projeto_de_lei_no_005-23_jorge_vilela.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/831/projeto_de_lei_no_006-23_jorge_vilela.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/832/projeto_de_lei_no_007-23_jorge_vilela.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1707/projeto_de_resolucao_005-23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/719/requerimento_007.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/730/requerimento_008-23_julio_000048.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/737/requerimento_014-23_julio_000087.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/742/requerimento_016-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/743/requerimento_017-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/744/requerimento_018-23_julio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/764/requerimento_024_julio_000145.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/765/requerimento_025_julio_000144.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/766/requerimento_026_julio_000143.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/767/requerimento_27_julio_000150.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/771/requerimento_28_julio_000149.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/774/requerimento_029-23_julio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1719/requerimento_030-30_kaio.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1723/rquerimento_032_kaio.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1720/requerimento_no_033-23_kaio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/849/projeto_de_emenda_modificativa__no_002-23_kaio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1703/projeto_de_emenda_supressiva__no_001-23_kaio.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/705/indicacao_001-23_julio_000009.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/706/indicacao_002-23_julio_000010.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/707/indicacao_003-23_ernesto_000005.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/708/indicacao_004-23_ernesto_000007.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/720/indicacao_005-23_000030.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/728/indicacao_ernesto_008_23.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/729/indicacao_ernesto_009_23.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/739/indicacao_010-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/740/indicacao_011-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/741/indicacao_012-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/749/indicacao_013-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/757/indicacao_014-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/758/indicacao_015-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/759/indicacao_julio_016.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/763/indicacao_018-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/770/indicacao_019-23_sandra.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/783/indicacao_021-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/784/indicacao_022-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/785/indicacao_023-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/788/indicacao_024-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/790/indicacao_026-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/791/indicacao_027-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/795/indicacao_031-23_jorge_vilela.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/796/indicacao_033-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/798/indicacao_036-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/799/indicacao_037-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/800/indicacao_038-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/801/indicacao_039-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/802/indicacao_040-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/803/indicacao_042-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/804/indicacao_043-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/805/indicacao_044-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/806/indicacao_045-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/807/indicacao_046-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/808/indicacao_047-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/809/indicacao_no_048-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/810/indicacao_no_049-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/811/indicacao_no_050-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/812/indicacao_051_sandro_ferreira_000244.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/813/indicacao_052_sandro_ferreira_000246.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/814/indicacao_053_sandro_ferreira_000247.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/815/indicacao_no_054-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/816/indicacao_no_055-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/817/indicacao_no_056-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/818/indicacao_no_057-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/819/indicacao_no_058-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/820/indicacao_no_059-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/821/indicacao_no_060-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/822/indicacao_no_061-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/824/indicacao_no_063-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/825/indicacao_064-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/826/indicacao_071-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/827/indicacao_072-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/828/indicacao_073-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/837/indicacao_77-_ernesto_000008.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/838/indicacao_78-_ernesto_000010.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/839/indicacao_079-23_moises.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/840/indicacao_080-23_moises.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/841/indicacao_081-23_moises.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/842/indicacao_082-23_moises.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/843/indicacao_083-23_moises.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/709/pl_001-23_executivo_000012.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/710/oficio_002-23_executivo.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/715/projeto_de_lei_004.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/722/pl_005-23_executivo_000034.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/776/projeto_de_lei_011_2023_executivo.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/778/pl_013-23_executivo_corrigido.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/780/projeto_de_lei_015-23_executivo.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/781/pl_016-23_executivo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/782/projeto_de_lei_017-23_executivo.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/786/pl_018-23_executivo.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/916/pl_022-23_executivo.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/725/projeto_de_indicacao_001-2023_julio.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/829/projeto_de_lei_no_004-23_kaio.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/830/projeto_de_lei_no_005-23_jorge_vilela.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/831/projeto_de_lei_no_006-23_jorge_vilela.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/832/projeto_de_lei_no_007-23_jorge_vilela.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1707/projeto_de_resolucao_005-23.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/719/requerimento_007.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/730/requerimento_008-23_julio_000048.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/737/requerimento_014-23_julio_000087.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/742/requerimento_016-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/743/requerimento_017-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/744/requerimento_018-23_julio.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/764/requerimento_024_julio_000145.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/765/requerimento_025_julio_000144.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/766/requerimento_026_julio_000143.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/767/requerimento_27_julio_000150.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/771/requerimento_28_julio_000149.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/774/requerimento_029-23_julio.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1719/requerimento_030-30_kaio.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1723/rquerimento_032_kaio.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1720/requerimento_no_033-23_kaio.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/849/projeto_de_emenda_modificativa__no_002-23_kaio.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/1703/projeto_de_emenda_supressiva__no_001-23_kaio.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/705/indicacao_001-23_julio_000009.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/706/indicacao_002-23_julio_000010.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/707/indicacao_003-23_ernesto_000005.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/708/indicacao_004-23_ernesto_000007.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/720/indicacao_005-23_000030.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/728/indicacao_ernesto_008_23.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/729/indicacao_ernesto_009_23.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/739/indicacao_010-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/740/indicacao_011-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/741/indicacao_012-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/749/indicacao_013-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/757/indicacao_014-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/758/indicacao_015-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/759/indicacao_julio_016.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/763/indicacao_018-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/770/indicacao_019-23_sandra.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/783/indicacao_021-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/784/indicacao_022-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/785/indicacao_023-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/788/indicacao_024-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/790/indicacao_026-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/791/indicacao_027-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/795/indicacao_031-23_jorge_vilela.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/796/indicacao_033-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/798/indicacao_036-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/799/indicacao_037-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/800/indicacao_038-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/801/indicacao_039-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/802/indicacao_040-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/803/indicacao_042-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/804/indicacao_043-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/805/indicacao_044-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/806/indicacao_045-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/807/indicacao_046-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/808/indicacao_047-2023_sandro.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/809/indicacao_no_048-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/810/indicacao_no_049-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/811/indicacao_no_050-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/812/indicacao_051_sandro_ferreira_000244.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/813/indicacao_052_sandro_ferreira_000246.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/814/indicacao_053_sandro_ferreira_000247.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/815/indicacao_no_054-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/816/indicacao_no_055-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/817/indicacao_no_056-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/818/indicacao_no_057-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/819/indicacao_no_058-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/820/indicacao_no_059-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/821/indicacao_no_060-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/822/indicacao_no_061-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/824/indicacao_no_063-23_sandro.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/825/indicacao_064-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/826/indicacao_071-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/827/indicacao_072-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/828/indicacao_073-23_ernesto.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/837/indicacao_77-_ernesto_000008.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/838/indicacao_78-_ernesto_000010.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/839/indicacao_079-23_moises.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/840/indicacao_080-23_moises.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/841/indicacao_081-23_moises.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/842/indicacao_082-23_moises.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/sapl/public/materialegislativa/2023/843/indicacao_083-23_moises.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.engenheiropaulodefrontin.rj.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H109"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="34.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="136.140625" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="135.28515625" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>