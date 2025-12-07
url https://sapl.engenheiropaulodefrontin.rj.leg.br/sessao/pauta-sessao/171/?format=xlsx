--- v0 (2025-10-17)
+++ v1 (2025-12-07)
@@ -87,51 +87,51 @@
   <si>
     <t>Projeto de Lei Ordinária do Legislativo nº 48 de 2025</t>
   </si>
   <si>
     <t>"INSTITUI 0 DIA MUNICIPAL DO JIUJITEIRO NO MUNICÍPIO DE ENGENHEIRO PAULO DE FRONTIN-RJ, E DA OUTRAS PROVIDÊNCIAS."</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo nº 56 de 2025</t>
   </si>
   <si>
     <t>SANDRO FERREIRA (Deca)</t>
   </si>
   <si>
     <t>"DISPONIBILIZAÇÃO DE SORO ANTIONDICO E DEMAIS IMUNOBIOLÓGICOS NECESSÁRIOS AO SOCORRO DAS VITIMAS DE MORDEDURAS DE ANIMAIS PEÇONHENTOS EM TODAS AS UNIDADES DE SAÚDE PÚBLICAS MUNICIPAIS."</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo nº 49 de 2025</t>
   </si>
   <si>
     <t>"INSTITUI 0 PROGRAMA `DIA DO ESPORTE NA ESCOLA' NO ÂMBITO DAS INSTITUIÇÕES DE ENSINO DA REDE POBLICA MUNICIPAL DE ENGENHEIRO PAULO DE FRONTIN-RJ E DA OUTRAS PROVIDENCIAS."</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo nº 47 de 2025</t>
   </si>
   <si>
-    <t>"INSTITUI O DIA MUNICIPAL DO PROFISSIONAL DE ESTÉTICA AUTOMOTIVA (LACADOR DE CARRO) NO ÂMBITO DO MUNICÍPIO DE ENGENHEIRO PAULO DE FRONTIN-RJ."</t>
+    <t>"INSTITUI O DIA MUNICIPAL DO PROFISSIONAL DE ESTÉTICA AUTOMOTIVA (LAVADOR DE CARRO) NO ÂMBITO DO MUNICÍPIO DE ENGENHEIRO PAULO DE FRONTIN-RJ."</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Indicação nº 231 de 2025</t>
   </si>
   <si>
     <t>"Realização da troca das lâmpadas queimadas_x000D_
 ao longo da RJ-129, especialmente nas_x000D_
 proximidades da comunidade da Cruzinha.</t>
   </si>
   <si>
     <t>Indicação nº 230 de 2025</t>
   </si>
   <si>
     <t>"Substituição do latão de lixo na Estrada_x000D_
 Velha, Rua Santa Isabel, na altura do número_x000D_
 140, bairro Morro Azul."</t>
   </si>
   <si>
     <t>Indicação nº 229 de 2025</t>
   </si>
   <si>
     <t>"Solicita providências quanto ao número_x000D_