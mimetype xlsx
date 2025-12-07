--- v0 (2025-10-16)
+++ v1 (2025-12-07)
@@ -66,51 +66,51 @@
   <si>
     <t>Não informada</t>
   </si>
   <si>
     <t>Requerimento nº 124 de 2025</t>
   </si>
   <si>
     <t>"Requer informações relativas Prefeitura Municipal sobre contratos de empréstimos consignados."</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo nº 21 de 2025</t>
   </si>
   <si>
     <t>VINICIUS NORA</t>
   </si>
   <si>
     <t>"Dispõe sobre a publicidade das vistorias do Corpo de Bombeiros em escolas municipais e creches no site institucional da Prefeitura e nas redes sociais oficiais do Município de Engenheiro Paulo de Frontin."</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo nº 47 de 2025</t>
   </si>
   <si>
     <t>GABRIEL LOURENÇO</t>
   </si>
   <si>
-    <t>"INSTITUI O DIA MUNICIPAL DO PROFISSIONAL DE ESTÉTICA AUTOMOTIVA (LACADOR DE CARRO) NO ÂMBITO DO MUNICÍPIO DE ENGENHEIRO PAULO DE FRONTIN-RJ."</t>
+    <t>"INSTITUI O DIA MUNICIPAL DO PROFISSIONAL DE ESTÉTICA AUTOMOTIVA (LAVADOR DE CARRO) NO ÂMBITO DO MUNICÍPIO DE ENGENHEIRO PAULO DE FRONTIN-RJ."</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo nº 60 de 2025</t>
   </si>
   <si>
     <t>Dispõe sobre a obrigatoriedade de identificação das maquinas e veículos automotores oficiais, locados, a serviço e cedidos, do Município de Engenheiro Paulo de Frontin e dá outras providências."</t>
   </si>
   <si>
     <t>expediente</t>
   </si>
   <si>
     <t>Indicação nº 264 de 2025</t>
   </si>
   <si>
     <t>"Instalação de novos ventiladores no C. M. Carlos Gramático, E. M. Joaquim Mendes, E. M. Cecilio Barbosa da Paixão, E. M. Hilka Peganha, E. M. Barão do Amparo e no Centro Municipal de Atendimento Pedagógico e Educacional Especializado — CEMAPEE."</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo nº 73 de 2025</t>
   </si>
   <si>
     <t>DECLARA COMO PATRIMÔNIO CULTURAL IMATERIAL DO MUNICÍPIO DE ENGENHEIRO PAULO DE FRONTIN A SOCIEDADE ESPORTIVA FERROVIÁRIA E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária do Legislativo nº 75 de 2025</t>
   </si>